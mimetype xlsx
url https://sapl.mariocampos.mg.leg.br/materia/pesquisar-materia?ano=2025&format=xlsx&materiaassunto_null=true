--- v0 (2025-10-06)
+++ v1 (2026-01-23)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4589" uniqueCount="1990">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5372" uniqueCount="2327">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2823,50 +2823,478 @@
     <t>210</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_no_210_-_isaias_nery_e_wilson_jr.docx</t>
   </si>
   <si>
     <t>REQUEREM a convocação do Secretariado Municipal e respectivas equipes técnicas para que compareçam a esta Casa Legislativa, a fim de dialogar e prestar esclarecimentos: às razões pelas quais o Executivo deixou de cumprir os prazos regimentais para resposta aos Requerimentos aprovados; à justificativa concreta para a ausência de retorno a requerimentos que permanecem pendentes desde fevereiro do corrente ano; à identificação dos responsáveis diretos no âmbito do Executivo pelo recebimento, análise e resposta aos Requerimentos encaminhados por esta Casa; às providências efetivas já adotadas para sanar a irregularidade do não cumprimento dos prazos; ao prazo imediato que o Executivo assume para apresentar as respostas pendentes; às medidas administrativas que serão implementadas para impedir a reincidência dessa omissão institucional; ao reconhecimento de que o descumprimento sistemático dos prazos compromete a função fiscalizadora do Legislativo e fere a transparência pública; (...)</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2073/requerimento_211_-_sammantta_bleme.docx</t>
   </si>
   <si>
     <t>Considerando resposta envianda anteriormente, dizendo que naquele momento não era possível fazer levantamento dos bens danificados,_x000D_
 REQUER do Executivo as seguintes informações sobre a reforma da Escola Municipal Professora Paula Eremita, localizada no Bairro Funil._x000D_
 A - Se já foi realizada a contabilização completa de todos os itens danificados;_x000D_
 B - A relação detalhada dos itens, acompanhada dos respectivos números de cadastro no patrimônio;_x000D_
 C - Se já foi apurada a responsabilidade pelo ocorrido e quais providências serão adotadas diante da situação.</t>
   </si>
   <si>
+    <t>2081</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2081/requerimento_no_212_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER nos termos regimentais ao Poder Executivo Municipal, para que, por meio do setor competente, sejam prestadas as seguintes informações:_x000D_
+Qual a necessidade da aquisição de colchões e cobertores previstos na licitação 31/2025 e qual finalidade?</t>
+  </si>
+  <si>
+    <t>2082</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2082/requerimento_no_213_-__wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER nos termos regimentais ao Poder Executivo Municipal, que encaminhe a esta Casa Legislativa informações sobre o valor caixa recebido pelo Município no início da atual gestão e o valor atualizado até a presente data.</t>
+  </si>
+  <si>
+    <t>2083</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2083/requerimento_no_214_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER nos termos regimentais ao Poder Executivo Municipal, que encaminhe a esta Casa Legislativa informações acerca do número de pessoas atualmente vinculadas à Prefeitura, especificando cargos efetivos, comissionados, contratados e estagiários.</t>
+  </si>
+  <si>
+    <t>2084</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2084/requerimento_no_215_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER nos termos regimentais ao Poder Executivo Municipal, que encaminhe a esta Casa Legislativa um levantamento detalhado sobre o gasto de combustível por veículo da frota municipal, discriminando o índice de quilometragem mensal de cada veículo.</t>
+  </si>
+  <si>
+    <t>2085</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2085/requerimento_no_216_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER nos termos regimentais ao Poder Executivo Municipal, que encaminhe a esta Casa Legislativa informações detalhadas sobre a finalidade do contrato nº 37/25, firmado com empresa de assessoria para serviços de limpeza urbana.</t>
+  </si>
+  <si>
+    <t>2086</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2086/requerimento_no_217_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER nos termos regimentais ao Poder Executivo Municipal, informações acerca da necessidade de contratação de empresa especializada para revisão/atualização do Plano Municipal de Saneamento Básico (PMSB), conforme contrato nº 34, no valor de R$ 124.815,00.</t>
+  </si>
+  <si>
+    <t>2087</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2087/requerimento_no_218_-_daniela.docx</t>
+  </si>
+  <si>
+    <t>REQUER as seguintes informações:_x000D_
+_x000D_
+A – Quais convênios o município possui para a realização de cirurgias ortopédicas? Quantas cirurgias ortopédicas foram realizadas no ano de 2025?_x000D_
+B– O Executivo possui algum planejamento para aumentar a quantidade de cirurgias ortopédicas a serem realizadas nos próximos anos? Em caso afirmativo, quais serão essas ações?</t>
+  </si>
+  <si>
+    <t>2088</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2088/requerimento_no_219_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>REQUER, por meio da Secretaria Municipal de Educação ou outro setor competente, sejam prestadas as seguintes informações referentes à interdição de um dos banheiros da Escola Municipal Vereador Weld de Souza Maia:_x000D_
+-Quais providências foram ou estão sendo tomadas pela administração municipal para regularizar a situação do banheiro interditado?_x000D_
+-Existe processo licitatório em andamento para aquisição e instalação dos vasos sanitários necessários?_x000D_
+-Em caso afirmativo, qual o  número do processo e qual a previsão para entrega e instalação dos materiais?_x000D_
+-Caso não exista processo licitatório em curso, quais medidas estão sendo adotadas ou planejadas para viabilizar a normalização do uso do banheiro por alunos e funcionários?</t>
+  </si>
+  <si>
+    <t>2089</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2089/requerimento_no_220_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>REQUER informações a respeito do transporte conhecido como Circular "Rota Saúde":_x000D_
+-Existe atualmente algum veículo reserva ou alternativo para suprir o serviço nos casos de quebra ou falha do Circular?_x000D_
+-Caso não haja, o Poder Executivo está estudando a possibilidade de disponibilização ou aquisição de outro veículo para esse fim?_x000D_
+-Em situações em que o motorista titular esteja ausente (por motivos de saúde.), de imediato tem outro motorista para substituir ?_x000D_
+-Se não houver motorista substituto, o Executivo está realizando ou planejando algum estudo ou processo licitatório visando a contratação de mais um profissional para essa função?</t>
+  </si>
+  <si>
+    <t>2090</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2090/requerimento_no_221_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>REQUER informações oficiais e detalhadas sobre as medidas compensatórias acordadas com a empresa Vale S.A., em razão de sua atuação no município._x000D_
+_x000D_
+- Quais são as obras e ações previstas no município de Mário Campos como parte das medidas compensatórias da Vale S.A.;_x000D_
+- Quais dessas obras já estão em andamento, com descrição do estágio atual de execução;_x000D_
+- Qual a previsão de início das obras ou ações que ainda não foram iniciadas;</t>
+  </si>
+  <si>
+    <t>2091</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2091/requerimento_no_222_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>REQUER, por meio da secretaria competente, sejam prestadas informações oficiais acerca do acordo entre a empresa COPASA e o Município._x000D_
+_x000D_
+- A Copasa pretende executar alguma obra urbanística por exemplo a construção de praça ou melhorias de infraestrutura — no município de Mário Campos? _x000D_
+- Existe algum termo de compromisso ou contrato oficial firmado entre o município e a Copasa que detalhe melhorias que serão realizadas no município? _x000D_
+- Quais são as melhorias concretas que essa obra trará para o bairro Campo Verde e para o Município em geral?</t>
+  </si>
+  <si>
+    <t>2092</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2092/requerimento_no_223_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>REQUER, que sejam prestadas à esta Casa as seguintes informações relacionadas às ruas pavimentadas com pedras no município:_x000D_
+-As ruas de pedra são consideradas patrimônio histórico-cultural do município?_x000D_
+_x000D_
+-Por que estão sendo realizados reparos com aplicação de massa asfáltica sobre o calçamento de pedra em determinados trechos?_x000D_
+_x000D_
+-Há possibilidade técnica e legal de substituição completa do calçamento em pedra por pavimentação asfáltica?_x000D_
+_x000D_
+-Existe a possibilidade de o município realizar a contratação de empresa especializada em manutenção ou substituição de calçamento em pedra, a fim de preservar a característica original dessas vias?</t>
+  </si>
+  <si>
+    <t>2093</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2093/requerimento_no_224_-_sammantta.docx</t>
+  </si>
+  <si>
+    <t>REQUER do Poder Executivo Municipal a seguinte informação acerca da iluminação pública na MG-040, na região do Funil:_x000D_
+_x000D_
+1.	Quais providências estão sendo adotadas para o restabelecimento da iluminação pública na MG-040, na região do Funil?</t>
+  </si>
+  <si>
+    <t>2094</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>Sammantta Bleme, Daniela Agostinho, Dr Aleff Diego, Isaías Silva, Neguinho do Sô Jesus, Nery Do Tangará, Pastor Marquinhos, Reinaldo Magalhães, Wilson Júnior</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2094/requerimento_225-2025_-_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>REQUEREM, a realização de uma AUDIÊNCIA PÚBLICA com o objetivo de debater as obras em andamento e as previstas para o município de Mário Campos/MG, em especial a obra de duplicação da adutora da COPASA e a futura obra da empresa MRS Logística S/A, tendo em vista os potenciais impactos urbanísticos, ambientais e sociais que tais intervenções poderão causar no território municipal.</t>
+  </si>
+  <si>
+    <t>2109</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2109/requerimento_no_226_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER nos termos regimentais ao Poder Executivo Municipal, através da  Secretaria Municipal de Saúde as seguintes informações:_x000D_
+1.	Se a Secretaria Municipal de Saúde encaminhou ao Estado de Minas Gerais a lista de medicamentos custeados pelo Município em decorrência de processos judiciais, referentes ao período de 2018 a 2025;_x000D_
+2.	Em caso positivo, solicita-se o envio de cópia ou relação detalhada dos medicamentos informados, bem como dos respectivos valores pagos e períodos de referência;_x000D_
+3.	Em caso negativo, solicita-se justificativa para a ausência do envio.</t>
+  </si>
+  <si>
+    <t>2110</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2110/requerimento_no_227_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER nos termos regimentais ao Poder Executivo Municipal, que sejam encaminhadas a este Poder Legislativo as seguintes informações ATUALIZADAS referentes aos servidores municipais que recebem gratificação.</t>
+  </si>
+  <si>
+    <t>2111</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2111/requerimento_no_228_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER nos termos regimentais ao Poder Executivo Municipal, por meio do setor competente, que sejam prestadas as seguintes informações complementares em relação ao Requerimento nº 179/2025, referente ao aluguel de brinquedos infláveis:_x000D_
+ •	 Qual o quantitativo total de eventos que o município pretende realizar anualmente?_x000D_
+	• 	Qual foi o estudo técnico ou levantamento utilizado para definir essa demanda e justificar o valor licitado?</t>
+  </si>
+  <si>
+    <t>2112</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento_no_229_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER nos termos regimentais ao Poder Executivo Municipal, informações sobre a atual situação do Casarão Sampaio. Considerando reunião no dia 23 de fevereiro, solicito esclarecimentos se há algum estudo técnico, projeto ou tentativa em andamento para a obtenção do alvará de funcionamento junto ao Corpo de Bombeiros, possibilitando assim o retorno das atividades no local.</t>
+  </si>
+  <si>
+    <t>2113</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2113/requerimento_no_230_-_isaias.docx</t>
+  </si>
+  <si>
+    <t>REQUER informações referente a sede do Conselho Tutelar._x000D_
+1.	O Executivo tem ciência da atual situação estrutural do Conselho Tutelar?_x000D_
+2.	Quais medidas estão sendo adotadas para solucionar as irregularidades constatadas?_x000D_
+3.	Há previsão para a realocação ou disponibilização de uma nova sede que atenda minimamente às necessidades do Conselho Tutelar?</t>
+  </si>
+  <si>
+    <t>2114</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2114/requerimento_no_231_-_isaias.docx</t>
+  </si>
+  <si>
+    <t>REQUER informações sobre os serviços da APAE:_x000D_
+1.	Quantos alunos do município de Mário Campos estão atualmente matriculados e frequentando a APAE?_x000D_
+2.	Quantas vagas no transporte escolar são disponibilizadas especificamente para o atendimento desses alunos?_x000D_
+3.	Há lista de espera para transporte ou para ingresso de novos alunos na APAE?_x000D_
+4.	Em caso de novos alunos necessitarem ser encaminhados à APAE, qual o procedimento adotado pela Secretaria de Educação?_x000D_
+5.	Existe limite estabelecido de vagas para transporte ou atendimento? Caso afirmativo, todas as vagas estão ocupadas atualmente?_x000D_
+6.	Há previsão de ampliação do número de vagas ou do serviço de transporte, caso a demanda aumente?</t>
+  </si>
+  <si>
+    <t>2124</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2124/requerimento_no_232_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>Considerando o ofício nº 178/2025,requer-se que sejam prestadas as seguintes informações:_x000D_
+_x000D_
+	-Se já houve início do estudo técnico mencionado no Ofício nº 178/2025;_x000D_
+_x000D_
+	-Qual o prazo previsto para conclusão desse estudo;_x000D_
+_x000D_
+	-Se há previsão de implantação de uma rede pluvial na Rua Quaresmeira e nas vias circunvizinhas;_x000D_
+_x000D_
+	-Qual o cronograma das eventuais obras previstas para a localidade;_x000D_
+_x000D_
+	-E se há atualizações ou encaminhamentos concretos referentes às medidas a serem adotadas para solucionar o problema de escoamento das águas pluviais que atingem o terreno do morador da Rua Geraldo Ferreira Gomes.</t>
+  </si>
+  <si>
+    <t>2139</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2139/requerimento_no_233_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>REQUERER ao Executivo Municipal, nos termos regimentais, que seja encaminhado a esta Casa Legislativa relatório detalhado contendo o levantamento de todos os bens públicos permanentes e duráveis pertencentes ao Município de Mário Campos que foram perdidos, inutilizados ou descartados no decorrer do ano de 2025, especificando os motivos — como desgaste natural, quebra, obsolescência ou outro fator —, bem como a destinação final de cada item.</t>
+  </si>
+  <si>
+    <t>2140</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2140/requerimento_no_234_-_isaias.docx</t>
+  </si>
+  <si>
+    <t>REQUER por meio dos setores responsáveis, a seguinte informação:_x000D_
+•	Existe previsão para a construção de um muro de arrimo na Rua Cabiúna, situada no alto do Bairro Campo Verde, no lote entre a casa de número 103 e a casa de número 151 A?</t>
+  </si>
+  <si>
+    <t>2143</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2143/requerimento_no_235_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>REQUER, à Prefeita Municipal que sejam prestadas à esta Casa as seguintes informações sobre a  atual situação do compressor odontologico e da maquina de ultrassom odontológica do Esf Amarelo.</t>
+  </si>
+  <si>
+    <t>2144</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2144/requerimento_no_236_-_isaias.docx</t>
+  </si>
+  <si>
+    <t>REQUER informações detalhadas e dados estatísticos referentes ao funcionamento do Núcleo de Atendimento Psicopedagógico (NAP) no período compreendido início das atividades no ano corrente (2025) até a presente data.</t>
+  </si>
+  <si>
+    <t>2145</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2145/requerimento_no_237_-_isaias.docx</t>
+  </si>
+  <si>
+    <t>REQUER as seguintes informações ao Poder Executivo Municipal:_x000D_
+•	Existe um Projeto Executivo ou Plano de Trabalho aprovado ou sendo elaborado para a reforma e modernização do Estádio Municipal Arthur Ferreira Campos? Se sim, qual o escopo total das intervenções planejadas (ex: arquibancadas, vestiários, gramado)?_x000D_
+•	Qual a previsão de início das obras de reforma?_x000D_
+•	Em caso de atraso/demora no projeto principal de reforma, existe a possibilidade e verba destinada para a melhoria emergencial da iluminação do campo antes do início das demais obras?</t>
+  </si>
+  <si>
+    <t>2146</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2146/requerimento_no_238_-_daniela.docx</t>
+  </si>
+  <si>
+    <t>REQUER as seguintes informações:_x000D_
+A –    Quantos usuários estão cadastrados nas seguintes unidades de Estratégia de Saúde da Família (ESF): ESF Vermelho, ESF Verde, ESF Azul, ESF Amarelo e ESF Branco?_x000D_
+ B – Quantas consultas, aproximadamente, são realizadas mensalmente em cada uma dessas unidades nos meses de agosto, setembro e outubro do corrente ano?</t>
+  </si>
+  <si>
+    <t>2147</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2147/requerimento_no_239_-_sammantta.docx</t>
+  </si>
+  <si>
+    <t>REQUER informações referentes ao imóvel situado nas proximidades da linha férrea, anteriormente utilizado pelo Setor de Obras, e que foi doado ao Município, conforme termo que estabelece sua utilização na área da Cultura</t>
+  </si>
+  <si>
+    <t>2148</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2148/requerimento_no_240_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, nos termos regimentais, que seja informado se será realizada a decoração natalina no município de Mário Campos, conforme a Indicação nº 124, bem como se haverá a festa de Réveillon, conforme solicitado na Indicação nº 123.</t>
+  </si>
+  <si>
+    <t>2170</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_no_241_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>REQUER, à Prefeita Municipal que sejam prestadas à esta Casa as seguintes informações acerca das condições das vias públicas  rua Nair henrique da Silva  e área do lado do cemitério do bairro bom jardim  que dá acesso ao Centro Comunitário e ao Galpão Acamares;_x000D_
+Na Área ao lado do Cemitério Bom Jardim ônibus escolares e outros veículos realizam manobras, o que pode oferecer riscos de acidentes;_x000D_
+-Existe projeto ou estudo de melhoria para esta área visando proporcionar segurança e facilidade para manobras de veículos ou até mesmo passagem?_x000D_
+_x000D_
+No trecho que liga a Rua Nair Henrique da Silva à Rua Cândido Lobato, a largura reduzida da via dificulta a circulação e as manobras de veículos. Caso o transporte escolar venha a circular por esse ponto, a situação poderá prejudicar ainda mais o deslocamento,_x000D_
+-Quais são as medidas planejadas ou em execução para melhorar a segurança e a circulação de veículos nesse local?_x000D_
+-Existe previsão de ampliação ou adequação da Rua Nair Henrique da Silva  com Cân</t>
+  </si>
+  <si>
     <t>1516</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1516/pl_01-2025_-_wilson_jr.pdf</t>
   </si>
   <si>
     <t>Denomina determinados locais do Município de Mário Campos como Cartões-Postais Oficiais e dá outras providências.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1517/pl_02-2025_-_nery.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do nome da Rua Diamante para Rua Raimundo Cândido da Silva, e dá outras providências.</t>
   </si>
   <si>
     <t>1518</t>
@@ -3939,50 +4367,201 @@
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2070/pl_120-2025_pr_marquinhos.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Saúde Mental nas Escolas do Município de Mário Campos e dá outras providências</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2071/pl_121-2025_pr_marquinhos.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Educação Financeira nas Escolas do Município de Mário Campos e dá outras providências.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2072/pl122-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação de dispositivos da Lei Municipal nº 855, de 2024, que fixa o valor do subsídio mensal dos agentes políticos municipais para o quadriênio 2025/2028, e dá outras providências.</t>
   </si>
   <si>
+    <t>2074</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2074/pl_123-2025_-_sammantta.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 886, de 6 de maio de 2025, que institui o Programa Integral às Mulheres Vítimas de Abuso e Violência, para acrescentar ações e instrumentos de apoio financeiro, social e alimentar.</t>
+  </si>
+  <si>
+    <t>2075</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2075/pl_124-2025_-_mesa_diretora.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de abono especial em comemoração ao Dia do Servidor Público aos servidores do Poder Legislativo de Mário Campos e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2076</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2076/pl_125-2025_-_prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o pagamento de gratificação aos (às) servidores (as), Conselheiros (as) Tutelares e estagiários (as) por ocasião do Dia do Servidor Público.</t>
+  </si>
+  <si>
+    <t>2077</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2077/projeto_de_lei_126-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei 868, de 30 de dezembro de 2024, que "Estima a receita e fixa a despesa do Município de Mário Campos para o exercício financeiro de 2025"</t>
+  </si>
+  <si>
+    <t>2078</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2078/pl_127-2025_-_sammantta.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Brigadas de Incêndio Ambiental de Mário Campos / MG, dispõe sobre sua estrutura, diretrizes e funcionamento, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2079</t>
+  </si>
+  <si>
+    <t>Daniela Agostinho, Reinaldo Magalhães</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2079/pl_128-2025_-_daniela.pdf</t>
+  </si>
+  <si>
+    <t>Dá a denominação de Rua Jorge Cândido Lobato à via pública que menciona e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2080</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2080/pl_129-2025_-_daniela.pdf</t>
+  </si>
+  <si>
+    <t>Dá a denominação de Rua Áida Agostinho Campos Cordeiro à via pública que menciona e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2106</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2106/pl_130-2025_-_prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>Altera os Anexos de Metas Anuais, Metas Fiscais Atuais comparadas com as Metas Fiscais Fixadas nos três exercícios anteriores, Receitas, Despesas e Resultado Primário constantes da Lei Municipal nº 918, de 30 de junho de 2025 - Lei de Diretrizes Orçamentárias. - LDO/2026.</t>
+  </si>
+  <si>
+    <t>2107</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2107/pl_131-2025_-_prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e Fixa a Despesa do Município de Mario Campos para o exercício financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2108</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2108/pl_132-2025_-_prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual para o quadriênio 2026 a 2029.</t>
+  </si>
+  <si>
+    <t>2125</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2125/pl_133-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a lei nº 472, de 20 de setembro de 2013, que "institui e regulamenta o pagamento de despesas pelo regime de adiantamento no Âmbito da Administração Pública do município de Mário Campos" e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2126</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2126/pl_134-2025.pdf</t>
+  </si>
+  <si>
+    <t>EM CARÁTER DE URGÊNCIA!_x000D_
+_x000D_
+ "Dispõe sobre a abertura de Crédito Adicional Especial ao Orçamento do Município de Mário Campos para o exercício de 2025, altera a Lei Municipal nº 725/2021 - Plano Plurianual para o quadriênio de 2022 a 2025, com fundamento no artigo 43 da Lei Federal nº 4.320/1964, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2127</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_135-2025.pdf</t>
+  </si>
+  <si>
+    <t>EM CARÁTER DE URGÊNCIA!_x000D_
+_x000D_
+"Dispõe sobre a abertura de Crédito Adicional Especial ao Orçamento do Município de Mário Campos para exercício de 2025, e altera a Lei Minicipal nº 725/2021 - Plano Plurianual para o quadriênio de 2022 a 2025, com fundamento no artigo 43 da Lei Federal nº 4.320/1964, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2159</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2159/mensagem___projeto_de_lei_dispoe_sobre_politica_municipal_de_transito_e_transporte.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Política Municipal de Trânsito e Transportes FMTT no âmbito de Mário Campos e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2161</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2161/pl_137-2025.pdf</t>
+  </si>
+  <si>
+    <t>EM CARÁTER DE URGÊNCIA !!!  “ Altera o caput do art.3º da Lei n.477, de 13 de novembro de 2013, que “Institui no âmbito do Executivo Municipal o benefício Cesta de Natal via crédito no cartão alimentação, para Servidores Públicos e Conselheiros Tutelares. ”</t>
+  </si>
+  <si>
+    <t>2162</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2162/pl_138-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Fundo Municipal de Trânsito e Transporte no âmbito da Prefeitura Municipal de Mário Campos/MG</t>
+  </si>
+  <si>
     <t>1599</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>Daniela Agostinho, Sammantta Bleme</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1599/mocao_01-2025_sammantta_dani.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos às mulheres que fazem ou fizeram parte da História de Mário Campos.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1601/mocao_02-2025_allef.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos aos profissionais de Enfermagem, em reconhecimento à sua dedicação e contribuição essencial para a saúde e o bem-estar da nossa população.</t>
@@ -5901,50 +6480,488 @@
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_no_202_-_isaias.docx</t>
   </si>
   <si>
     <t>SUGERE ao Executivo Municipal que estude a viabilidade de disponibilizar café (líquido) e um lanche simples, como biscoito água e sal ou similares, nas unidades de Estratégia de Saúde da Família – ESF’s do município, destinados aos pacientes que permanecem em jejum para a realização de exames laboratoriais.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_no_203_-_sammantta_bleme.docx</t>
   </si>
   <si>
     <t>INDICA QUE SEJA PROVIDENCIADO OS TRÂMITES NECESSÁRIOS PARA A INCLUSÃO DA RUA DAS MANGUEIRAS NO PROGRAMA RUA PARA TODOS.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_no_204_-_sammantta_bleme.docx</t>
   </si>
   <si>
     <t>INDICA QUE SEJA PROVIDENCIADA A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA REALIZAR AS MANUTENÇÕES NECESSÁRIAS NOS CALÇAMENTOS DO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>2095</t>
+  </si>
+  <si>
+    <t>Isaías Silva, Pastor Marquinhos, Sammantta Bleme</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2095/indicacao_no_205_-_sammantta_isaias_pr_marquinhos.docx</t>
+  </si>
+  <si>
+    <t>INDICAMOS A VOSSA EXCELÊNCIA A APRESENTAÇÃO DO SEGUINTE ANTEPROJETO DE LEI, QUE DISPÕE SOBRE A UTILIZAÇÃO DE TERRENOS OCIOSOS, PÚBLICOS OU PRIVADOS, PARA O DESENVOLVIMENTO DE HORTAS COMUNITÁRIAS, POMARES, CULTIVO DE PLANTAS MEDICINAIS E ORNAMENTAIS, BEM COMO PARA A PRODUÇÃO DE MUDAS, MEDIDA QUE SE MOSTRA DE RELEVANTE INTERESSE PÚBLICO, POR PROMOVER A SEGURANÇA ALIMENTAR, O FORTALECIMENTO COMUNITÁRIO E A SUSTENTABILIDADE AMBIENTAL EM NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2096</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2096/indicacao_no_206_-_sammantta.docx</t>
+  </si>
+  <si>
+    <t>INDICO AO PODER EXECUTIVO MUNICIPAL QUE ADOTE MEDIDAS, EM PARCERIA COM O DEPARTAMENTO DE TRÂNSITO DE MINAS GERAIS (DETRAN-MG), A POLÍCIA MILITAR E EMPRESAS LICENCIADAS DE DESMONTE E RECICLAGEM, PARA O RECOLHIMENTO E DESTINAÇÃO ADEQUADA DAS SUCATAS DE VEÍCULOS ABANDONADOS NAS VIAS PÚBLICAS DO MUNICÍPIO DE MÁRIO CAMPOS.</t>
+  </si>
+  <si>
+    <t>2097</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_no_207_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>INDICA, que estude a viabilidade de, semanalmente, utilizar caminhão-pipa para promover a oxigenação da água da lagoa do Campo Verde.</t>
+  </si>
+  <si>
+    <t>2098</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_no_208_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>INDICA estude a viabilidade da instalação de iluminação pública em LED nas vias públicas da cidade de Mário Campos, com o objetivo de promover mais segurança, eficiência energética e melhor visibilidade para pedestres e motoristas.</t>
+  </si>
+  <si>
+    <t>2099</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacao_no_209_-_daniela.docx</t>
+  </si>
+  <si>
+    <t>INDICAR ao Executivo que seja realizado um estudo de viabilidade orçamentária com o objetivo de fornecer, aos usuários em situação de vulnerabilidade que tem filhos pequenos, pacotes de fraldas descartáveis e leite, junto à entrega da cesta básica.</t>
+  </si>
+  <si>
+    <t>2100</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2100/indicacao_no_210_-__daniela.docx</t>
+  </si>
+  <si>
+    <t>INDICAR,  ao Executivo que seja realizado um estudo de viabilidade orçamentária para a contratação de psicólogos e assistentes sociais para atuarem nas escolas municipais.</t>
+  </si>
+  <si>
+    <t>2101</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2101/indicacao_no_211_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICAR ao Executivo Municipal  que seja estudada e viabilizada, por meio da Secretaria Municipal de Educação ou setor competente, a criação de um aplicativo oficial que possibilite aos pais ou responsáveis acompanharem em tempo real o trajeto percorrido pelos veículos do transporte escolar, desde o momento do embarque dos alunos até a chegada à escola, bem como o retorno até o ponto de destino final.</t>
+  </si>
+  <si>
+    <t>2102</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2102/indicacao_no_212_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICAR ao Executivo Municipal  que verifique a  possibilidade  de firmar parcerias com instituições renomadas como o SENAI, SENAC, SEBRAE ou outras entidades da área de ensino técnico e profissional, com o objetivo de ofertar cursos profissionalizantes gratuitos para os moradores de Mário Campos.</t>
+  </si>
+  <si>
+    <t>2103</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2103/indicacao_no_213_-_isaias.docx</t>
+  </si>
+  <si>
+    <t>INDICAR ao Executivo Municipal, por meio dos setores competentes, que estude a viabilidade de instalar manilhas na caixa de drenagem pluvial localizada em frente à residência de nº 150 da Rodovia MG-040, lado oposto à Lanchonete Maçã Verde</t>
+  </si>
+  <si>
+    <t>2104</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_no_214_-_dr_aleff.docx</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que avalie a criação do programa “Crédito Verde Municipal”, concedendo descontos no IPTU para imóveis que adotem práticas sustentáveis, como a instalação de painéis solares, sistemas de captação de água de chuva (cisternas) ou telhados verdes, devidamente certificados pela Prefeitura.</t>
+  </si>
+  <si>
+    <t>2105</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_no_215_-_dr_aleff.docx</t>
+  </si>
+  <si>
+    <t>INDICA à Excelentíssima Senhora Prefeita Municipal de Mário Campos, por intermédio da Secretaria Municipal de Educação e da Câmara Municipal de Mário Campos, que seja estudada a viabilidade de criação do “Concurso Mirim — Prefeito, Vice-Prefeito e Vereadores Mirins”, destinado a estudantes do ensino fundamental das escolas municipais.</t>
+  </si>
+  <si>
+    <t>2115</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_no_216_-_wilson_jr_e_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICA, que estude a viabilidade de desenvolver e disponibilizar um aplicativo ou sistema online que permita aos usuários acompanhar em tempo real o trajeto, os horários e os pontos de parada do ônibus que realiza a rota da saúde em Mário Campos.</t>
+  </si>
+  <si>
+    <t>2116</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_no_217_-_dr_aleff.docx</t>
+  </si>
+  <si>
+    <t>SUGERE a implantação de uma unidade da Farmácia de Minas no município de Mário Campos.</t>
+  </si>
+  <si>
+    <t>2117</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_no_218_-_daniela_agostinho.docx</t>
+  </si>
+  <si>
+    <t>SUGERE a construção de uma rotatória no cruzamento da Rua Espírito Santo com a Rua Joaquim da Silva Campos e Rua Minas Gerais, nas proximidades do Supermercado Tangará, no bairro Tangará</t>
+  </si>
+  <si>
+    <t>2118</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_no_219_-_daniela_agostinho.docx</t>
+  </si>
+  <si>
+    <t>INDICA ao Executivo que seja realizado o calçamento da Rua Rio Paraguai, no bairro Estância Balneário.</t>
+  </si>
+  <si>
+    <t>2119</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_no_220_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICA ao Executivo Municipal que estude a viabilidade de implantar um sistema gerando energia solar fotovoltaica para atender famílias de baixa renda, fornecendo energia gratuita ou subsidiada.</t>
+  </si>
+  <si>
+    <t>2120</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_no_221_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICA ao Executivo Municipal  que determine ao setor competente a aquisição de um veículo de menor porte, destinado exclusivamente ao transporte de pacientes em tratamento de saúde mais grave ou delicado, que precisam se deslocar para consultas, exames e procedimentos médicos em outras cidades.</t>
+  </si>
+  <si>
+    <t>2121</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2121/indicacao_no_222_-_sammantta.docx</t>
+  </si>
+  <si>
+    <t>INDICO ao Poder Executivo Municipal que promova melhorias viárias na Rua Zita Maria de Carvalho, compreendendo o recapeamento do trecho asfaltado e a pavimentação (asfaltamento ou calçamento) do segmento ainda não pavimentado.</t>
+  </si>
+  <si>
+    <t>2122</t>
+  </si>
+  <si>
+    <t>Sammantta Bleme, Dr Aleff Diego</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2122/indicacao_no_223_-_sammantta_e_dr_alef.docx</t>
+  </si>
+  <si>
+    <t>INDICO AO PODER EXECUTIVO MUNICIPAL que promova a construção e adequação de rampas de acessibilidade nas faixas de pedestres em todo o território municipal, a fim de garantir condições seguras e adequadas de travessia para cadeirantes, idosos e pessoas com mobilidade reduzida.</t>
+  </si>
+  <si>
+    <t>2123</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2123/indicacao_no_224_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo Municipal, a criação do programa “Ponto Limpo”, com o objetivo de revitalizar áreas públicas onde têm ocorrido o descarte irregular de lixo, transformando esses espaços em ambientes limpos, sustentáveis e decorativos.</t>
+  </si>
+  <si>
+    <t>2131</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_225_-_dr_aleff.docx</t>
+  </si>
+  <si>
+    <t>SUGERE que seja estudada a viabilidade de criação da Banda Municipal de Mário Campos, vinculada à Secretaria Municipal de Cultura, com o objetivo de promover a arte musical, incentivar jovens talentos e representar o município em eventos cívicos, culturais e religiosos.</t>
+  </si>
+  <si>
+    <t>2132</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2132/indicacao_no_226_-_dr_aleff.docx</t>
+  </si>
+  <si>
+    <t>INDICA a aquisição de um veículo circular de menor porte (micro-ônibus ou van adaptada), a fim de atender ruas e bairros com vias estreitas onde os veículos convencionais enfrentam dificuldade de tráfego.</t>
+  </si>
+  <si>
+    <t>2133</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2133/indicacao_no_227_-_daniela_agostinho.docx</t>
+  </si>
+  <si>
+    <t>INDICA a criação da Superintendência Municipal de Defesa Civil.</t>
+  </si>
+  <si>
+    <t>2134</t>
+  </si>
+  <si>
+    <t>Daniela Agostinho, Pastor Marquinhos</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_no_228_-_daniela_e_pr.docx</t>
+  </si>
+  <si>
+    <t>INDICAM ao Executivo que seja realizado convênio com o CEO (Centro de Especialidades Odontológicas).</t>
+  </si>
+  <si>
+    <t>2135</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2135/indicacao_no_229_-_wilson.docx</t>
+  </si>
+  <si>
+    <t>INDICA que estude a possibilidade de implantação de uma horta comunitária no ESF Branco, bairro Tangará</t>
+  </si>
+  <si>
+    <t>2136</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2136/indicacao_no_230_-_wilson.docx</t>
+  </si>
+  <si>
+    <t>INDICA que seja avaliada a possibilidade de acréscimo de mais um vigia noturno para atuar nas dependências do prédio da Prefeitura Municipal.</t>
+  </si>
+  <si>
+    <t>2137</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2137/indicacao_no_231_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICA que estude a viabilidade técnica para implantação de uma rotatória com sinalização adequada na MG-040, especificamente na confluência com a Rua Aleixo Campos, no Bairro Bom Jardim, nas proximidades da entrada da Granja Oliveira.</t>
+  </si>
+  <si>
+    <t>2138</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2138/indicacao_no_232_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICA a instalação de mini estações de recarga solar para celulares.</t>
+  </si>
+  <si>
+    <t>2141</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2141/indicacao_no_233_-_sammantta.docx</t>
+  </si>
+  <si>
+    <t>Indica que a prefeitura municipal realize uma reunião com a Cemig e as empresas prestadoras de serviços de internet e telecomunicações, visando solucionar o problema dos fios soltos, pendurados e em desordem nos postes do município.</t>
+  </si>
+  <si>
+    <t>2142</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_no_234_-_sammantta.docx</t>
+  </si>
+  <si>
+    <t>INDICA à senhora prefeita municipal que determine, por meio dos setores competentes da administração, o descongelamento e a retomada da contagem de tempo de serviço dos servidores públicos municipais, com vistas à concessão das progressões horizontais, adicionais por tempo de serviço (quinquênios, sexta-parte) e férias-prêmio (ou licença-prêmio), que foram suspensos em decorrência da lei complementar federal nº 173/2020, durante o período da pandemia da covid-19.</t>
+  </si>
+  <si>
+    <t>2149</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_no_235_-_daniela.docx</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo que sejam implantadas praças sensoriais</t>
+  </si>
+  <si>
+    <t>2150</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_no_236_-_daniela.docx</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo que estude a viabilidade de implantar aulas de informática nas escolas municipais</t>
+  </si>
+  <si>
+    <t>2151</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_no_237_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal  Indico um Programa Municipal de Telemedicina.</t>
+  </si>
+  <si>
+    <t>2152</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2152/indicacao_no_238_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICA ao Executivo Municipal   transporte escolar para os alunos residentes no bairro Jardim Primavera que frequentam a Escola Estadual de Mário Campos</t>
+  </si>
+  <si>
+    <t>2153</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_no_239_-_sammantta.docx</t>
+  </si>
+  <si>
+    <t>INDICA que a prefeitura municipal destine o imóvel doado pela antiga concessionária da linha férrea para funcionar como um ateliê comunitário / “fablab cultural”, voltado para atividades criativas, cursos culturais e desenvolvimento de economia criativa no município.</t>
+  </si>
+  <si>
+    <t>2154</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_no_240_-_sammantta.docx</t>
+  </si>
+  <si>
+    <t>INDICA que o município firme parceria com o centro agostiniano em ecologia integral – ilali, visando à implementação de atividades, vivências e programas de educação ecológica destinados aos estudantes da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>2155</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_no_241_-_neguinho.docx</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo Municipal, por meio da Secretaria Municipal de Educação, que sejam adotadas medidas para a adequação sensorial dos sinais sonoros utilizados nas instituições de ensino do Município, substituindo as sirenes tradicionais por alternativas menos invasivas e mais adequadas às necessidades de alunos com TEA, TDAH e demais condições relacionadas à hipersensibilidade auditiva.</t>
+  </si>
+  <si>
+    <t>2156</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_no_242_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>INDICA que seja realizada a capacitação contínua dos Agentes Comunitários de Saúde (ACS), garantindo atualização técnica, aprimoramento das práticas de atendimento e fortalecimento das ações de atenção básica no município.</t>
+  </si>
+  <si>
+    <t>2157</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2157/indicacao_no_243_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>indica ao Poder Executivo Municipal que seja designado um Coordenador Geral da Limpeza da Saúde, responsável por acompanhar, fiscalizar e garantir a qualidade dos serviços de higienização em todas as unidades de saúde do município.</t>
+  </si>
+  <si>
+    <t>2164</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_no_244_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo Municipal que seja realizada a campanha de conscientização voltada à orientação a população para não entrar na lagoa do Bairro Campo Verde.</t>
+  </si>
+  <si>
+    <t>2165</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_no_245_-_wilson_jr.docx</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo Municipal que seja avaliada a possibilidade de fechamento (com estruturas transparentes ou sem bloquear a visibilidade) da área da escada e do elevador localizado no hall da Prefeitura de Mário Campos.</t>
+  </si>
+  <si>
+    <t>2166</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_no_246_-_daniela.docx</t>
+  </si>
+  <si>
+    <t>INDICA que estude a possibilidade de que a passagem do Bairro Tangará para o Bairro Bela Vista, conhecida como Beco, receba declaração de utilidade pública.</t>
+  </si>
+  <si>
+    <t>2167</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_no_247_-_daniela.docx</t>
+  </si>
+  <si>
+    <t>INDICA que seja implantada uma sala de AEE (Atendimento Educacional Especializado) em todas as escolas municipais de Mário Campos.</t>
+  </si>
+  <si>
+    <t>2168</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_no_248_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICA ao Executivo Municipal   um Programa Municipal de Postes Solares, considerando que é uma medida moderna, sustentável e alinhada às melhores práticas de cidades inteligentes, trazendo economia, segurança e valorização ambiental para Mário Campos.</t>
+  </si>
+  <si>
+    <t>2169</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_no_249_-_reinaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICA ao Executivo Municipal a implantação de bicicletário, considerando que seja seguros, cobertos e bem localizados em pontos estratégicos, como estações de transporte público, centros comerciais e escolas, visando facilitar o acesso dos cidadãos a essa modalidade de transporte sustentável.</t>
+  </si>
+  <si>
     <t>1524</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1524/pr_01-2025_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Regulamenta o regimento interno e a estrutura organizacional do PROCON CÂMARA – no âmbito da Câmara Municipal de Mário Campos / MG.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1555/pr_02-2025_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da UAI - Unidade de Atendimento Integrado no âmbito da Câmara Municipal de Mário Campos / MG e dá outras providências</t>
   </si>
   <si>
     <t>1613</t>
@@ -5997,74 +7014,92 @@
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1892/pr_08-2025_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 10 do Regimento Interno da Câmara Municipal de Mário Campos / MG e dá outras providências.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1941/projeto_de_resolucao_09-2025_-_ouvidoria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Ouvidoria da Câmara Municipal de Mário Campos/MG e dá outras providências</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1975/projeto_de_resolucao_10-2025_-_diarias.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias de viagens e missões em outros Municípios a vereadores e servidores da Câmara Municipal de Mário Campos e dá outras providências</t>
   </si>
   <si>
+    <t>2171</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2171/projeto_de_resolucao_11.pdf</t>
+  </si>
+  <si>
+    <t>"Disciplina os procedimentos 'administrativos' para contratações com fundamento na Lei 14.133, de 1º de abril de 2021, no âmbito da Câmara Municipal de Mário Campos, e dá outras providências."</t>
+  </si>
+  <si>
     <t>1733</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1733/plc_01-2025_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Amplia o número de cargos constantes na Lei Complementar nº 31/2008, que “Dispõe sobre o Estatuto e Plano de Carreira da Educação do Município de Mário Campos”, e dá outras providências</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1891/plc_02-2025_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os valores dos vencimentos dos servidores especificados na Lei Complementar nº 31/08 que “Dispõe sobre o Estatuto e Plano de Carreira da Educação do Município de Mário Campos e dá outras providências.</t>
   </si>
   <si>
+    <t>2160</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2160/mensagem-_projeto_de_lei_complementar_altera_lei_complementar_no31_de_08-05-2008.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a lei complementar nº 31, de 08 de maio de 2008, com as modificações introduzidas pela Lei Complementar nº 90, de 31 de julho de 2017, que dispõe sobre o estatuto e o Plano de Carreira da Educação do Município de Mário Campos, para ampliar o número de cargos de Servente Escolar e Monitor Escolar, cria o cargo de Especialista em Educação Básica II A, da nova redação ao §1º do art. 1º da Lei Complementar nº 107, de 26 de abril de 2022, e dá outras providências.</t>
+  </si>
+  <si>
     <t>1987</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1987/veto_02-2025_pl322025.pdf</t>
   </si>
   <si>
     <t>Veto Integral à Proposição de Lei nº 24/2025, que "Cria a sala lilás no âmbito do Município com o objetivo de prestar atendimento humanizado às mulheres vítimas de violência física"</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1988/veto_03-2025_pl372025.pdf</t>
   </si>
   <si>
     <t>Veto Integral à Proposição de Lei nº 29/2025, que "Institui o Programa “Escola Sustentável” nas unidades escolares da rede pública municipal de Mário Campos e dá outras providências"</t>
   </si>
   <si>
     <t>1989</t>
@@ -6133,50 +7168,95 @@
     <t>1995</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1995/veto_14-2025_pl412025.pdf</t>
   </si>
   <si>
     <t>Veto Integral à Proposição de Lei nº 48/2025, que "Dispõe sobre a obrigatoriedade da entrega de kits de material escolar e uniformes aos alunos da rede pública municipal de ensino no início do ano letivo na cidade de Mário Campos/-MG e dá outras providências"</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1996/veto_15-2025_pl662025.pdf</t>
   </si>
   <si>
     <t>Veto Integral à Proposição de Lei nº 65/2025, que "Institui em Mário Campos o programa 'Adote uma Escola', no âmbito da rede municipal"</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2068/mensagem_de_veto_16-2025.pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei de nº 93/2025, que "Institui a Política de Transparência nas Escolas Públicas do Município de Mário Campos."</t>
+  </si>
+  <si>
+    <t>2128</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2128/mensagem_de_veto_17.pdf</t>
+  </si>
+  <si>
+    <t>VETO INTEGRAL referente ao Projeto de Lei 115/2025 (Dispõe sobre a implementação de políticas públicas para o combate à Alienação Parental no Município de Mário Campos, visando à conscientização da população por meio de ações educativas, como palestras, seminários e debates, em conformidade com a Lei Federal nº 12.318/2010, e dá outras providências)</t>
+  </si>
+  <si>
+    <t>2129</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2129/mensagem_de_veto_18.pdf</t>
+  </si>
+  <si>
+    <t>VETO INTEGRAL referente ao Projeto de Lei 116/2025 "Garante o direito à reserva de assentos em local apropriado, nas salas de aula das escolas públicas municipais, para estudantes diagnosticados com Transtorno de Déficit de Atenção e Hiperatividade (TDAH), e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2130</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2130/mensagem_de_veto_19.pdf</t>
+  </si>
+  <si>
+    <t>VETO PARCIAL referente ao Projeto de Lei 110/2025 "Institui o Estatuto do Desenvolvimento Econômico do Município de Mário Campos e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2158</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2158/mensagem_de_veto_no_xx-2025.pdf</t>
+  </si>
+  <si>
+    <t>VETO INTEGRAL referente ao projeto de lei 121/2025</t>
+  </si>
+  <si>
+    <t>2163</t>
+  </si>
+  <si>
+    <t>https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2163/mensagem_de_veto_ref_proposicao_de_lei_no102_de_29_de_outubro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>VETO integral referente ao PL 123-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -6480,67 +7560,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_01-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1514/requerimento_02-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1515/requerimento_03-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1520/requerimento_04-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1521/requerimento_05-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1522/requerimento_06-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1540/req_07-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1541/req_08-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1542/req_09-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1543/req_10-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1544/req_11-2025_-_cselds.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1545/req_12-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1546/req_13-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1547/requerimento_14-2025_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1548/requerimento_15-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1549/requerimento_16-2025_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1572/requerimento_17-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1573/requerimento_18-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1574/requerimento_19-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1576/requerimento_20-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1577/requerimento_21-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1578/requerimento_22-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/req_23-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1580/requerimento_24-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1581/requerimento_25-2025_-_reinaldo_nery_daniela.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_26-2025_-_nery_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1583/requerimento_27-2025_-_dr_aleff_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1584/req_28-2025_-_dr_aleff_reinaldo.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1585/requerimento_29-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1600/requerimento_30-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1602/requerimento_31-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1603/requerimento_32-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1604/requerimento_33-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1605/requerimento_34-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1606/requerimento_35-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1607/requerimento_36-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1608/requerimento_37-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1614/requerimento_38-2025_-_wilson_jr_nery.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1615/requerimento_39-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1616/requerimento_40-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1617/requerimento_41-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1618/requerimento_42-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1619/requerimento_43-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1620/requerimento_44-2025_-_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1621/requerimento_45-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1622/requerimento_46-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1623/requerimento_47-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1624/requerimento_48-2025_-_wilson_nery_daniela.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1639/requerimento_49-2025_-_pr_marquinhos_e_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1640/requerimento_50-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1641/requerimento_51-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1642/requerimento_52-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1643/requerimento_53-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_54-2025_-_wilson_jr_reinaldo_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_55-2025_-_wilson_jr_sammantta.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1648/requerimento_56-2025_-_reinaldo_sammantta.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1649/requerimento_57-2025_-_reinaldo_daniela.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1650/requerimento_58-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1654/requerimento_59-2025_-_pr_marquinhos_nery_wilson_jr_reinaldo_isaias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1655/requerimento_60-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1656/requerimento_61-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1657/requerimento_62-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1658/requerimento_63-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1659/requerimento_64-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/requerimento_65-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/requerimento_66-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1662/requerimento_67-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1663/requerimento_68-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1664/requerimento_69-2025_-_isaias_nery.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1665/requerimento_70-2025_-_wilson_jr_nery_isaias.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1666/requerimento_71-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1667/requerimento_72-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1668/requerimento_73-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1669/requerimento_74-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1670/requerimento_75-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1671/requerimento_76-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1672/requerimento_77-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1673/requerimento_78-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1674/requerimento_79-2025_-_cselds.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1713/requerimento_no_80-2025_wilson_e_nery.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1714/requerimento_no_81-2025_wilson_e_nery.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1715/requerimento_no_82-2025_wilson_e_nery.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1716/requerimento_no_83-2025_wilson_e_nery.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1717/requerimento_no_84-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1718/requerimento_no_85-2025_sammantta.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1719/requerimento_no_86-2025_sammantta.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1720/requerimento_no_87-2025_sammantta.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1721/requerimento_no_88-2025_sammantta.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1722/requerimento_no_89-2025_nery.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1723/requerimento_no_90-2025_nery_e_reinaldo.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1724/requerimento_no_91-2025_nery_x.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1725/requerimento_no_92-2025_nery_e_reinaldo.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1726/requerimento_no_93-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1727/requerimento_no_94-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1728/requerimento_no_95-2025_reinaldo_daniela_x.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1729/requerimento_no_96-2025_daniela_e_reinaldo.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1752/requerimento_97-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1753/requerimento_98-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1754/requerimento_99-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1755/requerimento_100-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1759/requerimento_101-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1760/requerimento_102-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1761/requerimento_103-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1762/requerimento_104-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1763/requerimento_105-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1764/requerimento_106-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1765/requerimento_107-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1766/requerimento_108-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1767/requerimento_109-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1768/requerimento_110-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1769/requerimento_111-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1770/requerimento_112-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1771/requerimento_113-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1773/requerimento_115-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1774/requerimento_116-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1775/requerimento_117-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1776/requerimento_118-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1777/requerimento_119-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1778/requerimento_120-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1779/requerimento_121-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1780/requerimento_122-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1781/requerimento_123-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1782/requerimento_124-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1783/requerimento_125-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1784/requerimento_126-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1785/requerimento_127-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1786/requerimento_128-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1787/requerimento_129-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1805/requerimento_130-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1806/requerimento_131-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1807/requerimento_132-2025_-_wilson_jr_nery_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1809/requerimento_134-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1810/requerimento_135-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1811/requerimento_136-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1812/requerimento_137-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1813/requerimento_138-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1827/requerimento_139-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1828/requerimento_140-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1829/requerimento_141-2025_-_wilson.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_142-2025_-_wilson.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1831/requerimento_143-2025_-_nery_isaias_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1832/requerimento_144-2025_-_nery_prmarquinhos_wilsonjr_isaias.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1833/requerimento_145-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1834/requerimento_146-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1835/requerimento_147-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1836/requerimento_148-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1837/requerimento_149-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1838/requerimento_150-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1839/requerimento_151-2025_-_isaias_nery_prmarquinhos_wilsonjr.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1840/requerimento_152-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1841/requerimento_153-2025_-_isaias_sammantta.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1893/req1552025_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_no_156-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1898/requerimento_no_158-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1899/requerimento_no_159-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1900/requerimento_no_160-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1903/requerimento_no_162-2023_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1921/requerimento_164-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1922/requerimento_165-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1923/requerimento_166-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1924/requerimento_167-_2025_-_wilsonjr.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1945/requerimento_n_168-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1946/requerimento_n_169-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1947/requerimento_n_170-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_n_171-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1949/requerimento_n_172-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento_n_173-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1951/requerimento_n_174-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_n_175-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1953/requerimento_n_176-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1954/requerimento_n_177-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1976/requerimento_178-2025_-_prmarquinhos.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2005/requerimento_179-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2006/requerimento_180-2025_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2007/requerimento_181-2025_nery.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2008/requerimento_182-2025_nery.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2009/requerimento_183-2025_nery.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2010/requerimento_184-2025_nery.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2011/requerimento_185-2025_isaias.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2012/requerimento_186-2025_isaias.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2013/requerimento_187-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2014/requerimento_188-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2015/requerimento_189-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2016/requerimento_190-2025_daniela.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2017/requerimento_191-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2018/requerimento_192-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2019/requerimento_193-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2020/requerimento_194-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2028/requerimento_195-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2029/requerimento_196-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2030/requerimento_197-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2031/requerimento_198-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2032/requerimento_199-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2033/requerimento_200-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2034/requerimento_201-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2035/requerimento_202-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2036/requerimento_203-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2038/requerimento_204-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2062/requerimento_no_205__-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_no_206_-_wilson_jr_e_reinaldo.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_no_207_-_reinaldo_e_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_no_208_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_no_209_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_no_210_-_isaias_nery_e_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2073/requerimento_211_-_sammantta_bleme.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1516/pl_01-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1517/pl_02-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1518/pl_03-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1519/pl_04-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1528/pl_06-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1550/pl_07-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1551/pl_08-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1552/pl_09-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1553/pl_10-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1554/pl_11-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1558/pl_12-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1559/pl_13-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1575/pl_14-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1609/pl_15-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1610/pl_16-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1611/pl_17-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1612/pl_18-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1637/pl_19-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1638/pl_20-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1687/pl_21-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1688/pl_22-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1689/pl_23-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1690/pl_24-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1691/pl_25-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1692/pl_26-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1730/pl_27-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1731/pl_28-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1732/pl_29-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_30-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1735/pl_31-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1736/pl_32-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1737/pl_33-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1738/pl_34-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1739/pl_35-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1740/pl_36-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1756/pl_37-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1757/pl_38-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_39-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1788/pl_40-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1815/pl_41-2025_-_pr_marquinhos_sammantta.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1816/pl_42-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1817/pl_43-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1818/pl_44-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1819/pl_45-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1820/pl_46-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1822/pl_48-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1823/pl_49-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_50-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1825/pl_51-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1826/pl_52-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1861/pl_53-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1862/pl_54-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1863/pl_55-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1864/pl_56-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1865/pl_57-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1866/pl_58-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1867/pl_59-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1868/pl_60-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1869/pl_61-2025_-_prmarquinhos.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1870/pl_62-2025__-_plotagem_veiculos_oficiais.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1871/pl_63-2025_-_revisao_remuneracao.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1872/pl_64-2025_-_substituir_cesta_basica_por_cartao_alimentacao.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1873/pl_65-2025_-_rastreamento_veiculos_oficiais.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1874/pl_66-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1875/pl_67-2025_projeto-cuidar.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1876/pl_68-2025-mulheres_na_politica.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1877/pl_69-2025_mario_campos_acessivel.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1878/pl_70-2025_direitos_pessoa_com_cancer.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1879/pl_71-2025_banco_de_racao.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1880/pl_72-2025_prioridades_doenca_raras.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1881/pl_73-2025_pet_em_acao.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1882/pl_74-2025_cadastro_agentes_culturais.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1883/pl_75-2025_selo_escola_amiga_autismo.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1884/pl_76-2025_saude_mental_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1885/pl_77-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1886/pl_78-2025_forca_jovem.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1887/pl_79-2025__semana_doencas_reumaticas.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1888/pl_80-2025.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1889/pl_81-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1890/pl_82-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1896/pl_83-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1897/pl_84-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1901/pl_85-2025_-_prmarquinhos.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1920/pl_86-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1936/pl_87-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1937/pl_88-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1938/pl_89-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_90-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1940/pl_91-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1955/pl_92-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1956/pl_93-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1968/pl_94-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1970/pl_95-2025_-_wilsonjr.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1942/pl_96-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1943/pl_97-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1944/pl_98-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1972/pl_99-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1973/pl_100-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1974/pl_101-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1977/pl_102-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1978/pl_103-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_104-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1980/pl_105-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1981/pl_106-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1982/pl_107-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1983/pl_108-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1984/pl_109-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1985/pl_110-2025_-_prmarquinhos.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1986/pl_111-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2022/pl_112-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2023/pl_113-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2024/pl_114-2025_-_reinaldo_neguinho.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2025/pl_115-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2026/pl_116-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2027/pl_117-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2047/pl_118-2025_-_sammantta_isaias_prmarquinhos.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2069/pl_119-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2070/pl_120-2025_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2071/pl_121-2025_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2072/pl122-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1599/mocao_01-2025_sammantta_dani.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1601/mocao_02-2025_allef.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1636/mocao_03-2025_neguinho.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1906/mocao_-_4.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1908/mocao_-_5.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1646/projeto_de_decreto_legislativo_01-2025_-_mocao_mulherres.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1647/projeto_de_decreto_legislativo_02-2025_-_mocao_p_enfermagem.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1686/projeto_de_decreto_legislativo_03-2025_-_mocao_garis.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2048/projeto_de_decreto_legislativo_06-2025_-_prestacao_de_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2051/projeto_de_decreto_legislativo_07-2025_-_prestacao_de_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_01-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_02-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1502/indicacao_03-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_04-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_05-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_07-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_08-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_13-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1556/indicacao_17-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_18-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_19-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_20-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_21-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_22-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_23-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_24-2025_-_wilson_jr_nery_weslei.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_25-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_26-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_27-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_28-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1557/indicacao_29-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1560/ind_30-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1561/ind_31-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1562/ind_32-2025_-_sammatta_neguinho.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1564/ind_34-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1565/ind_35-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1566/ind_36-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1567/ind_37-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1568/ind_38-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1570/ind_40-2025_-_sammatta_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_41-2025_-_cselds.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1586/ind_42-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1587/indicacao_43-2025_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_44-2025_dr_allef.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_45-2025_dr_allef.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_46-2025_wilson_junior.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_47-2025_sammantta.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_48-2025_sammantta.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1593/indicacao_49-2025_nery_wilson.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_50-2025_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_51-2025_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_52-2025_daniela.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_53-2025_daniela.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_54-2025_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1625/indicacao_55-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1626/indicacao_56-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1627/indicacao_57-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1628/indicacao_58-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_59-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1630/indicacao_60-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1631/indicacao_61-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_62-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_63-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_64-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_65-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_66-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_67-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_68-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_69-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_70-2025_-_wlson_jr.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_71-2025_-_wlson_jr.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1681/indicacao_72-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1682/indicacao_73-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1683/indicacao_74-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1684/indicacao_75-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_76-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1694/indicacao_77-2025_-_cselds.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1695/indicacao_78-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_79-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1697/indicacao_80-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1698/indicacao_81-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1699/indicacao_no_82-2025_-_pr_marquinhos_isaiasx.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1700/indicacao_no_83-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1701/indicacao_no_84-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_no_85-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1703/indicacao_no_86-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1704/indicacao_no_87-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1705/indicacao_no_88-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1706/ind_89-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_no_90-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_no_91-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1709/indicacao_no_92-2025__-_sammantta.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1710/indicacao_no_93-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1711/indicacao_no_94-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_no_95-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1741/ind962025_-_neguinho.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_97-2025_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_98-2025_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1744/ind992025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1745/ind1002025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1746/indicacao_101-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_102-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_103-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_104-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_105-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_106-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao_107-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_108-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1791/ind1092025_-_neguinho.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_110-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_112-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_113-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao_114-2025_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_115-2025_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_116-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1799/indicacao_117-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_118-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_119-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_121-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_122-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_123-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_124-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_125-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_126-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_127-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_128-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_129-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_130-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_131-2025_-_aleff.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_132-2025_-_aleff.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao_133-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao_134-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao_135-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_136-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_137-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_138-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_139-2025_-_neguinho.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_140-2025_-_neguinho.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_141-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_142-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_143-2025_-__reinaldo.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_144-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_145-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1912/indicacao_146-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1913/indicacao_147-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1914/indicacao_148-2025_-__wilson.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1915/indicacao_149-2025_-_wilson.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1916/indicacao_150-2025_-_aleff.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1917/indicacao_151-2025_-_aleff.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_152-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_153-2025_-_nery_isaias.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_154-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_155-2025_-_draleff.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_156-2025_-_draleff.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_157-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_158-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_159-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_160-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_162-2025_-_wilsonjr.docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1957/indicacao_163-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_164-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_165-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_166-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao_167-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_168-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_169-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao_170-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_171-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao_172-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao_173-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao_174-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_175-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_176-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_177-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_178-2025_daniela.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_179-2025_daniela.docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_180-2025_nery.docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_181-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_182-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_183-2025_sammantta.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_184-2025_-_draleff.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_185-2025_-_draleff.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_186-2025_-_wilsonjr_reinaldo.docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2041/indicacao_187-2025_-_wilsonjr.docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_188-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_189-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_190-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_191-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_192-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_no_193_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_no_194_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2052/indicacao_no_195_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_no_196_-__dr_aleff.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_no_197_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_no_198_-__reinaldo.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_no_199_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_no_200_-_daniela_agostinho.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_no_201_-__daniela_agostinho.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_no_202_-_isaias.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_no_203_-_sammantta_bleme.docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_no_204_-_sammantta_bleme.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1524/pr_01-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1555/pr_02-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1613/pr_03-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1651/pr_04-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1652/pr_05-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1653/resolucao_06-2025_-_pr_03-2025.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1814/pr_07-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1892/pr_08-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1941/projeto_de_resolucao_09-2025_-_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1975/projeto_de_resolucao_10-2025_-_diarias.docx" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1733/plc_01-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1891/plc_02-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1987/veto_02-2025_pl322025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1988/veto_03-2025_pl372025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1989/veto_04-2025_pl302025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1990/veto_05-2025_pl392025.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1991/veto_06-2025_pl442025.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1992/veto_07-2025_pl452025.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1993/veto_08-2025_pl512025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1994/veto_11-2025_pl612025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2021/veto_12-2025_pl832025.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1995/veto_14-2025_pl412025.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1996/veto_15-2025_pl662025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2068/mensagem_de_veto_16-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_01-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1514/requerimento_02-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1515/requerimento_03-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1520/requerimento_04-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1521/requerimento_05-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1522/requerimento_06-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1540/req_07-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1541/req_08-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1542/req_09-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1543/req_10-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1544/req_11-2025_-_cselds.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1545/req_12-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1546/req_13-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1547/requerimento_14-2025_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1548/requerimento_15-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1549/requerimento_16-2025_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1572/requerimento_17-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1573/requerimento_18-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1574/requerimento_19-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1576/requerimento_20-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1577/requerimento_21-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1578/requerimento_22-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/req_23-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1580/requerimento_24-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1581/requerimento_25-2025_-_reinaldo_nery_daniela.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_26-2025_-_nery_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1583/requerimento_27-2025_-_dr_aleff_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1584/req_28-2025_-_dr_aleff_reinaldo.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1585/requerimento_29-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1600/requerimento_30-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1602/requerimento_31-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1603/requerimento_32-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1604/requerimento_33-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1605/requerimento_34-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1606/requerimento_35-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1607/requerimento_36-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1608/requerimento_37-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1614/requerimento_38-2025_-_wilson_jr_nery.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1615/requerimento_39-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1616/requerimento_40-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1617/requerimento_41-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1618/requerimento_42-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1619/requerimento_43-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1620/requerimento_44-2025_-_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1621/requerimento_45-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1622/requerimento_46-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1623/requerimento_47-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1624/requerimento_48-2025_-_wilson_nery_daniela.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1639/requerimento_49-2025_-_pr_marquinhos_e_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1640/requerimento_50-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1641/requerimento_51-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1642/requerimento_52-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1643/requerimento_53-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_54-2025_-_wilson_jr_reinaldo_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_55-2025_-_wilson_jr_sammantta.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1648/requerimento_56-2025_-_reinaldo_sammantta.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1649/requerimento_57-2025_-_reinaldo_daniela.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1650/requerimento_58-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1654/requerimento_59-2025_-_pr_marquinhos_nery_wilson_jr_reinaldo_isaias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1655/requerimento_60-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1656/requerimento_61-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1657/requerimento_62-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1658/requerimento_63-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1659/requerimento_64-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/requerimento_65-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/requerimento_66-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1662/requerimento_67-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1663/requerimento_68-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1664/requerimento_69-2025_-_isaias_nery.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1665/requerimento_70-2025_-_wilson_jr_nery_isaias.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1666/requerimento_71-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1667/requerimento_72-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1668/requerimento_73-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1669/requerimento_74-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1670/requerimento_75-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1671/requerimento_76-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1672/requerimento_77-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1673/requerimento_78-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1674/requerimento_79-2025_-_cselds.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1713/requerimento_no_80-2025_wilson_e_nery.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1714/requerimento_no_81-2025_wilson_e_nery.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1715/requerimento_no_82-2025_wilson_e_nery.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1716/requerimento_no_83-2025_wilson_e_nery.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1717/requerimento_no_84-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1718/requerimento_no_85-2025_sammantta.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1719/requerimento_no_86-2025_sammantta.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1720/requerimento_no_87-2025_sammantta.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1721/requerimento_no_88-2025_sammantta.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1722/requerimento_no_89-2025_nery.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1723/requerimento_no_90-2025_nery_e_reinaldo.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1724/requerimento_no_91-2025_nery_x.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1725/requerimento_no_92-2025_nery_e_reinaldo.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1726/requerimento_no_93-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1727/requerimento_no_94-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1728/requerimento_no_95-2025_reinaldo_daniela_x.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1729/requerimento_no_96-2025_daniela_e_reinaldo.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1752/requerimento_97-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1753/requerimento_98-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1754/requerimento_99-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1755/requerimento_100-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1759/requerimento_101-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1760/requerimento_102-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1761/requerimento_103-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1762/requerimento_104-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1763/requerimento_105-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1764/requerimento_106-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1765/requerimento_107-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1766/requerimento_108-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1767/requerimento_109-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1768/requerimento_110-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1769/requerimento_111-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1770/requerimento_112-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1771/requerimento_113-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1773/requerimento_115-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1774/requerimento_116-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1775/requerimento_117-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1776/requerimento_118-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1777/requerimento_119-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1778/requerimento_120-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1779/requerimento_121-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1780/requerimento_122-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1781/requerimento_123-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1782/requerimento_124-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1783/requerimento_125-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1784/requerimento_126-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1785/requerimento_127-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1786/requerimento_128-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1787/requerimento_129-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1805/requerimento_130-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1806/requerimento_131-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1807/requerimento_132-2025_-_wilson_jr_nery_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1809/requerimento_134-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1810/requerimento_135-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1811/requerimento_136-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1812/requerimento_137-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1813/requerimento_138-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1827/requerimento_139-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1828/requerimento_140-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1829/requerimento_141-2025_-_wilson.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_142-2025_-_wilson.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1831/requerimento_143-2025_-_nery_isaias_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1832/requerimento_144-2025_-_nery_prmarquinhos_wilsonjr_isaias.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1833/requerimento_145-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1834/requerimento_146-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1835/requerimento_147-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1836/requerimento_148-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1837/requerimento_149-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1838/requerimento_150-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1839/requerimento_151-2025_-_isaias_nery_prmarquinhos_wilsonjr.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1840/requerimento_152-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1841/requerimento_153-2025_-_isaias_sammantta.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1893/req1552025_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_no_156-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1898/requerimento_no_158-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1899/requerimento_no_159-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1900/requerimento_no_160-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1903/requerimento_no_162-2023_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1921/requerimento_164-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1922/requerimento_165-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1923/requerimento_166-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1924/requerimento_167-_2025_-_wilsonjr.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1945/requerimento_n_168-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1946/requerimento_n_169-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1947/requerimento_n_170-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_n_171-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1949/requerimento_n_172-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento_n_173-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1951/requerimento_n_174-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_n_175-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1953/requerimento_n_176-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1954/requerimento_n_177-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1976/requerimento_178-2025_-_prmarquinhos.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2005/requerimento_179-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2006/requerimento_180-2025_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2007/requerimento_181-2025_nery.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2008/requerimento_182-2025_nery.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2009/requerimento_183-2025_nery.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2010/requerimento_184-2025_nery.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2011/requerimento_185-2025_isaias.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2012/requerimento_186-2025_isaias.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2013/requerimento_187-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2014/requerimento_188-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2015/requerimento_189-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2016/requerimento_190-2025_daniela.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2017/requerimento_191-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2018/requerimento_192-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2019/requerimento_193-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2020/requerimento_194-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2028/requerimento_195-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2029/requerimento_196-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2030/requerimento_197-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2031/requerimento_198-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2032/requerimento_199-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2033/requerimento_200-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2034/requerimento_201-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2035/requerimento_202-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2036/requerimento_203-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2038/requerimento_204-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2062/requerimento_no_205__-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_no_206_-_wilson_jr_e_reinaldo.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_no_207_-_reinaldo_e_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_no_208_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_no_209_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_no_210_-_isaias_nery_e_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2073/requerimento_211_-_sammantta_bleme.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2081/requerimento_no_212_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2082/requerimento_no_213_-__wilson_jr.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2083/requerimento_no_214_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2084/requerimento_no_215_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2085/requerimento_no_216_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2086/requerimento_no_217_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2087/requerimento_no_218_-_daniela.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2088/requerimento_no_219_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2089/requerimento_no_220_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2090/requerimento_no_221_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2091/requerimento_no_222_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2092/requerimento_no_223_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2093/requerimento_no_224_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2094/requerimento_225-2025_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2109/requerimento_no_226_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2110/requerimento_no_227_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2111/requerimento_no_228_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento_no_229_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2113/requerimento_no_230_-_isaias.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2114/requerimento_no_231_-_isaias.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2124/requerimento_no_232_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2139/requerimento_no_233_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2140/requerimento_no_234_-_isaias.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2143/requerimento_no_235_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2144/requerimento_no_236_-_isaias.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2145/requerimento_no_237_-_isaias.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2146/requerimento_no_238_-_daniela.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2147/requerimento_no_239_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2148/requerimento_no_240_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_no_241_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1516/pl_01-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1517/pl_02-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1518/pl_03-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1519/pl_04-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1528/pl_06-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1550/pl_07-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1551/pl_08-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1552/pl_09-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1553/pl_10-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1554/pl_11-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1558/pl_12-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1559/pl_13-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1575/pl_14-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1609/pl_15-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1610/pl_16-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1611/pl_17-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1612/pl_18-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1637/pl_19-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1638/pl_20-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1687/pl_21-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1688/pl_22-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1689/pl_23-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1690/pl_24-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1691/pl_25-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1692/pl_26-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1730/pl_27-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1731/pl_28-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1732/pl_29-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_30-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1735/pl_31-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1736/pl_32-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1737/pl_33-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1738/pl_34-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1739/pl_35-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1740/pl_36-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1756/pl_37-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1757/pl_38-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_39-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1788/pl_40-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1815/pl_41-2025_-_pr_marquinhos_sammantta.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1816/pl_42-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1817/pl_43-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1818/pl_44-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1819/pl_45-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1820/pl_46-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1822/pl_48-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1823/pl_49-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_50-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1825/pl_51-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1826/pl_52-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1861/pl_53-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1862/pl_54-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1863/pl_55-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1864/pl_56-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1865/pl_57-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1866/pl_58-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1867/pl_59-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1868/pl_60-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1869/pl_61-2025_-_prmarquinhos.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1870/pl_62-2025__-_plotagem_veiculos_oficiais.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1871/pl_63-2025_-_revisao_remuneracao.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1872/pl_64-2025_-_substituir_cesta_basica_por_cartao_alimentacao.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1873/pl_65-2025_-_rastreamento_veiculos_oficiais.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1874/pl_66-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1875/pl_67-2025_projeto-cuidar.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1876/pl_68-2025-mulheres_na_politica.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1877/pl_69-2025_mario_campos_acessivel.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1878/pl_70-2025_direitos_pessoa_com_cancer.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1879/pl_71-2025_banco_de_racao.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1880/pl_72-2025_prioridades_doenca_raras.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1881/pl_73-2025_pet_em_acao.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1882/pl_74-2025_cadastro_agentes_culturais.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1883/pl_75-2025_selo_escola_amiga_autismo.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1884/pl_76-2025_saude_mental_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1885/pl_77-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1886/pl_78-2025_forca_jovem.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1887/pl_79-2025__semana_doencas_reumaticas.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1888/pl_80-2025.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1889/pl_81-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1890/pl_82-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1896/pl_83-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1897/pl_84-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1901/pl_85-2025_-_prmarquinhos.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1920/pl_86-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1936/pl_87-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1937/pl_88-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1938/pl_89-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_90-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1940/pl_91-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1955/pl_92-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1956/pl_93-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1968/pl_94-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1970/pl_95-2025_-_wilsonjr.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1942/pl_96-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1943/pl_97-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1944/pl_98-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1972/pl_99-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1973/pl_100-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1974/pl_101-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1977/pl_102-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1978/pl_103-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_104-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1980/pl_105-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1981/pl_106-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1982/pl_107-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1983/pl_108-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1984/pl_109-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1985/pl_110-2025_-_prmarquinhos.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1986/pl_111-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2022/pl_112-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2023/pl_113-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2024/pl_114-2025_-_reinaldo_neguinho.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2025/pl_115-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2026/pl_116-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2027/pl_117-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2047/pl_118-2025_-_sammantta_isaias_prmarquinhos.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2069/pl_119-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2070/pl_120-2025_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2071/pl_121-2025_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2072/pl122-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2074/pl_123-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2075/pl_124-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2076/pl_125-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2077/projeto_de_lei_126-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2078/pl_127-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2079/pl_128-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2080/pl_129-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2106/pl_130-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2107/pl_131-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2108/pl_132-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2125/pl_133-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2126/pl_134-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_135-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2159/mensagem___projeto_de_lei_dispoe_sobre_politica_municipal_de_transito_e_transporte.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2161/pl_137-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2162/pl_138-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1599/mocao_01-2025_sammantta_dani.docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1601/mocao_02-2025_allef.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1636/mocao_03-2025_neguinho.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1906/mocao_-_4.docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1908/mocao_-_5.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1646/projeto_de_decreto_legislativo_01-2025_-_mocao_mulherres.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1647/projeto_de_decreto_legislativo_02-2025_-_mocao_p_enfermagem.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1686/projeto_de_decreto_legislativo_03-2025_-_mocao_garis.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2048/projeto_de_decreto_legislativo_06-2025_-_prestacao_de_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2051/projeto_de_decreto_legislativo_07-2025_-_prestacao_de_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_01-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_02-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1502/indicacao_03-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_04-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_05-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_07-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_08-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_13-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1556/indicacao_17-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_18-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_19-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_20-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_21-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_22-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_23-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_24-2025_-_wilson_jr_nery_weslei.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_25-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_26-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_27-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_28-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1557/indicacao_29-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1560/ind_30-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1561/ind_31-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1562/ind_32-2025_-_sammatta_neguinho.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1564/ind_34-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1565/ind_35-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1566/ind_36-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1567/ind_37-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1568/ind_38-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1570/ind_40-2025_-_sammatta_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_41-2025_-_cselds.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1586/ind_42-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1587/indicacao_43-2025_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_44-2025_dr_allef.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_45-2025_dr_allef.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_46-2025_wilson_junior.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_47-2025_sammantta.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_48-2025_sammantta.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1593/indicacao_49-2025_nery_wilson.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_50-2025_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_51-2025_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_52-2025_daniela.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_53-2025_daniela.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_54-2025_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1625/indicacao_55-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1626/indicacao_56-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1627/indicacao_57-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1628/indicacao_58-2025_-_wilson_jr.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_59-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1630/indicacao_60-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1631/indicacao_61-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_62-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_63-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_64-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_65-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_66-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_67-2025_-_pr_marquinhos.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_68-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_69-2025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_70-2025_-_wlson_jr.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_71-2025_-_wlson_jr.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1681/indicacao_72-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1682/indicacao_73-2025_-_sammantta.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1683/indicacao_74-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1684/indicacao_75-2025_-_nery.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_76-2025_-_isaias.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1694/indicacao_77-2025_-_cselds.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1695/indicacao_78-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_79-2025_-_daniela.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1697/indicacao_80-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1698/indicacao_81-2025_-_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1699/indicacao_no_82-2025_-_pr_marquinhos_isaiasx.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1700/indicacao_no_83-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1701/indicacao_no_84-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_no_85-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1703/indicacao_no_86-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1704/indicacao_no_87-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1705/indicacao_no_88-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1706/ind_89-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_no_90-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_no_91-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1709/indicacao_no_92-2025__-_sammantta.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1710/indicacao_no_93-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1711/indicacao_no_94-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_no_95-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1741/ind962025_-_neguinho.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_97-2025_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_98-2025_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1744/ind992025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1745/ind1002025_-_dr_aleff.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1746/indicacao_101-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_102-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_103-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_104-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_105-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_106-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao_107-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_108-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1791/ind1092025_-_neguinho.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_110-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_112-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_113-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao_114-2025_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_115-2025_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_116-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1799/indicacao_117-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_118-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_119-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_121-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_122-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_123-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_124-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_125-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_126-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_127-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_128-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_129-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_130-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_131-2025_-_aleff.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_132-2025_-_aleff.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao_133-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao_134-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao_135-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_136-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_137-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_138-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_139-2025_-_neguinho.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_140-2025_-_neguinho.docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_141-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_142-2025_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_143-2025_-__reinaldo.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_144-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_145-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1912/indicacao_146-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1913/indicacao_147-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1914/indicacao_148-2025_-__wilson.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1915/indicacao_149-2025_-_wilson.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1916/indicacao_150-2025_-_aleff.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1917/indicacao_151-2025_-_aleff.docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_152-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_153-2025_-_nery_isaias.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_154-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_155-2025_-_draleff.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_156-2025_-_draleff.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_157-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_158-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_159-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_160-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_162-2025_-_wilsonjr.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1957/indicacao_163-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_164-2025_-_wilson_junior.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_165-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_166-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao_167-2025_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_168-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_169-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao_170-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_171-2025_-_nery.docx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao_172-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao_173-2025_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao_174-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_175-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_176-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_177-2025_wilson.docx" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_178-2025_daniela.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_179-2025_daniela.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_180-2025_nery.docx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_181-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_182-2025_reinaldo.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_183-2025_sammantta.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_184-2025_-_draleff.docx" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_185-2025_-_draleff.docx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_186-2025_-_wilsonjr_reinaldo.docx" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2041/indicacao_187-2025_-_wilsonjr.docx" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_188-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_189-2025_-_isaias.docx" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_190-2025_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_191-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_192-2025_-_daniela.docx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_no_193_-_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_no_194_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2052/indicacao_no_195_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_no_196_-__dr_aleff.docx" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_no_197_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_no_198_-__reinaldo.docx" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_no_199_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_no_200_-_daniela_agostinho.docx" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_no_201_-__daniela_agostinho.docx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_no_202_-_isaias.docx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_no_203_-_sammantta_bleme.docx" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_no_204_-_sammantta_bleme.docx" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2095/indicacao_no_205_-_sammantta_isaias_pr_marquinhos.docx" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2096/indicacao_no_206_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_no_207_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_no_208_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacao_no_209_-_daniela.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2100/indicacao_no_210_-__daniela.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2101/indicacao_no_211_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2102/indicacao_no_212_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2103/indicacao_no_213_-_isaias.docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_no_214_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_no_215_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_no_216_-_wilson_jr_e_reinaldo.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_no_217_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_no_218_-_daniela_agostinho.docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_no_219_-_daniela_agostinho.docx" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_no_220_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_no_221_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2121/indicacao_no_222_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2122/indicacao_no_223_-_sammantta_e_dr_alef.docx" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2123/indicacao_no_224_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_225_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2132/indicacao_no_226_-_dr_aleff.docx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2133/indicacao_no_227_-_daniela_agostinho.docx" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_no_228_-_daniela_e_pr.docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2135/indicacao_no_229_-_wilson.docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2136/indicacao_no_230_-_wilson.docx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2137/indicacao_no_231_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2138/indicacao_no_232_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2141/indicacao_no_233_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_no_234_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_no_235_-_daniela.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_no_236_-_daniela.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_no_237_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2152/indicacao_no_238_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_no_239_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_no_240_-_sammantta.docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_no_241_-_neguinho.docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_no_242_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2157/indicacao_no_243_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_no_244_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_no_245_-_wilson_jr.docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_no_246_-_daniela.docx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_no_247_-_daniela.docx" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_no_248_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_no_249_-_reinaldo.docx" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1524/pr_01-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1555/pr_02-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1613/pr_03-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1651/pr_04-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1652/pr_05-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1653/resolucao_06-2025_-_pr_03-2025.docx" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1814/pr_07-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1892/pr_08-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1941/projeto_de_resolucao_09-2025_-_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1975/projeto_de_resolucao_10-2025_-_diarias.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2171/projeto_de_resolucao_11.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1733/plc_01-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1891/plc_02-2025_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2160/mensagem-_projeto_de_lei_complementar_altera_lei_complementar_no31_de_08-05-2008.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1987/veto_02-2025_pl322025.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1988/veto_03-2025_pl372025.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1989/veto_04-2025_pl302025.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1990/veto_05-2025_pl392025.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1991/veto_06-2025_pl442025.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1992/veto_07-2025_pl452025.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1993/veto_08-2025_pl512025.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1994/veto_11-2025_pl612025.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2021/veto_12-2025_pl832025.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1995/veto_14-2025_pl412025.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/1996/veto_15-2025_pl662025.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2068/mensagem_de_veto_16-2025.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2128/mensagem_de_veto_17.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2129/mensagem_de_veto_18.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2130/mensagem_de_veto_19.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2158/mensagem_de_veto_no_xx-2025.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mariocampos.mg.leg.br/media/sapl/public/materialegislativa/2025/2163/mensagem_de_veto_ref_proposicao_de_lei_no102_de_29_de_outubro_de_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H574"/>
+  <dimension ref="A1:H672"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="158.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -12017,9446 +13097,11991 @@
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
         <v>149</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>884</v>
       </c>
       <c r="H212" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>886</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>10</v>
+        <v>887</v>
       </c>
       <c r="D213" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E213" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F213" t="s">
         <v>370</v>
       </c>
       <c r="G213" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H213" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>890</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
         <v>891</v>
       </c>
-      <c r="B214" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D214" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E214" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F214" t="s">
-        <v>187</v>
+        <v>370</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>892</v>
       </c>
       <c r="H214" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>894</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>21</v>
+        <v>895</v>
       </c>
       <c r="D215" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E215" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>39</v>
+        <v>370</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="H215" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>25</v>
+        <v>899</v>
       </c>
       <c r="D216" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E216" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F216" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="H216" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>30</v>
+        <v>903</v>
       </c>
       <c r="D217" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E217" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F217" t="s">
-        <v>901</v>
+        <v>370</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>492</v>
+        <v>904</v>
       </c>
       <c r="H217" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>34</v>
+        <v>907</v>
       </c>
       <c r="D218" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E218" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F218" t="s">
-        <v>901</v>
+        <v>370</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="H218" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>38</v>
+        <v>911</v>
       </c>
       <c r="D219" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E219" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F219" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="H219" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>43</v>
+        <v>915</v>
       </c>
       <c r="D220" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E220" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F220" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="H220" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>47</v>
+        <v>919</v>
       </c>
       <c r="D221" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E221" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F221" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="H221" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>51</v>
+        <v>923</v>
       </c>
       <c r="D222" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E222" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>901</v>
+        <v>13</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="H222" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>55</v>
+        <v>927</v>
       </c>
       <c r="D223" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E223" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F223" t="s">
-        <v>901</v>
+        <v>13</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="H223" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>60</v>
+        <v>931</v>
       </c>
       <c r="D224" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E224" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F224" t="s">
-        <v>901</v>
+        <v>13</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="H224" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>64</v>
+        <v>935</v>
       </c>
       <c r="D225" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E225" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F225" t="s">
         <v>149</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>925</v>
+        <v>936</v>
       </c>
       <c r="H225" t="s">
-        <v>926</v>
+        <v>937</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>927</v>
+        <v>938</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>68</v>
+        <v>939</v>
       </c>
       <c r="D226" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E226" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F226" t="s">
-        <v>149</v>
+        <v>940</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>928</v>
+        <v>941</v>
       </c>
       <c r="H226" t="s">
-        <v>929</v>
+        <v>942</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>930</v>
+        <v>943</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>73</v>
+        <v>944</v>
       </c>
       <c r="D227" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E227" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F227" t="s">
-        <v>140</v>
+        <v>370</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>931</v>
+        <v>945</v>
       </c>
       <c r="H227" t="s">
-        <v>932</v>
+        <v>946</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>933</v>
+        <v>947</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>78</v>
+        <v>948</v>
       </c>
       <c r="D228" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E228" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F228" t="s">
-        <v>140</v>
+        <v>370</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>934</v>
+        <v>949</v>
       </c>
       <c r="H228" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>936</v>
+        <v>951</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>83</v>
+        <v>952</v>
       </c>
       <c r="D229" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E229" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F229" t="s">
-        <v>140</v>
+        <v>370</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>937</v>
+        <v>953</v>
       </c>
       <c r="H229" t="s">
-        <v>938</v>
+        <v>954</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>939</v>
+        <v>955</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>87</v>
+        <v>956</v>
       </c>
       <c r="D230" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E230" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F230" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>940</v>
+        <v>957</v>
       </c>
       <c r="H230" t="s">
-        <v>941</v>
+        <v>958</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>942</v>
+        <v>959</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>91</v>
+        <v>960</v>
       </c>
       <c r="D231" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E231" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F231" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>943</v>
+        <v>961</v>
       </c>
       <c r="H231" t="s">
-        <v>944</v>
+        <v>962</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>945</v>
+        <v>963</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>95</v>
+        <v>964</v>
       </c>
       <c r="D232" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E232" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F232" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>946</v>
+        <v>965</v>
       </c>
       <c r="H232" t="s">
-        <v>947</v>
+        <v>966</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>948</v>
+        <v>967</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>99</v>
+        <v>968</v>
       </c>
       <c r="D233" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E233" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F233" t="s">
-        <v>901</v>
+        <v>13</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>949</v>
+        <v>969</v>
       </c>
       <c r="H233" t="s">
-        <v>950</v>
+        <v>970</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>951</v>
+        <v>971</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>103</v>
+        <v>972</v>
       </c>
       <c r="D234" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E234" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F234" t="s">
-        <v>901</v>
+        <v>370</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>952</v>
+        <v>973</v>
       </c>
       <c r="H234" t="s">
-        <v>953</v>
+        <v>974</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>954</v>
+        <v>975</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>107</v>
+        <v>976</v>
       </c>
       <c r="D235" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E235" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F235" t="s">
-        <v>901</v>
+        <v>140</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>955</v>
+        <v>977</v>
       </c>
       <c r="H235" t="s">
-        <v>956</v>
+        <v>978</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>957</v>
+        <v>979</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>111</v>
+        <v>980</v>
       </c>
       <c r="D236" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E236" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F236" t="s">
-        <v>901</v>
+        <v>13</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>958</v>
+        <v>981</v>
       </c>
       <c r="H236" t="s">
-        <v>959</v>
+        <v>982</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>960</v>
+        <v>983</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>116</v>
+        <v>984</v>
       </c>
       <c r="D237" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E237" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F237" t="s">
-        <v>901</v>
+        <v>140</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>961</v>
+        <v>985</v>
       </c>
       <c r="H237" t="s">
-        <v>962</v>
+        <v>986</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>963</v>
+        <v>987</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>120</v>
+        <v>988</v>
       </c>
       <c r="D238" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E238" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F238" t="s">
-        <v>901</v>
+        <v>140</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>964</v>
+        <v>989</v>
       </c>
       <c r="H238" t="s">
-        <v>965</v>
+        <v>990</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>966</v>
+        <v>991</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>125</v>
+        <v>992</v>
       </c>
       <c r="D239" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E239" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F239" t="s">
-        <v>901</v>
+        <v>74</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>967</v>
+        <v>993</v>
       </c>
       <c r="H239" t="s">
-        <v>968</v>
+        <v>994</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>969</v>
+        <v>995</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>130</v>
+        <v>996</v>
       </c>
       <c r="D240" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E240" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F240" t="s">
-        <v>901</v>
+        <v>149</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>970</v>
+        <v>997</v>
       </c>
       <c r="H240" t="s">
-        <v>971</v>
+        <v>998</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>972</v>
+        <v>999</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>135</v>
+        <v>1000</v>
       </c>
       <c r="D241" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E241" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F241" t="s">
-        <v>901</v>
+        <v>370</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>973</v>
+        <v>1001</v>
       </c>
       <c r="H241" t="s">
-        <v>974</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>975</v>
+        <v>1003</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>139</v>
+        <v>1004</v>
       </c>
       <c r="D242" t="s">
-        <v>887</v>
+        <v>11</v>
       </c>
       <c r="E242" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="F242" t="s">
-        <v>976</v>
+        <v>257</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>977</v>
+        <v>1005</v>
       </c>
       <c r="H242" t="s">
-        <v>978</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>979</v>
+        <v>1007</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>144</v>
+        <v>10</v>
       </c>
       <c r="D243" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E243" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F243" t="s">
-        <v>149</v>
+        <v>370</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>980</v>
+        <v>1010</v>
       </c>
       <c r="H243" t="s">
-        <v>981</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>982</v>
+        <v>1012</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>148</v>
+        <v>17</v>
       </c>
       <c r="D244" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E244" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F244" t="s">
-        <v>149</v>
+        <v>187</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>983</v>
+        <v>1013</v>
       </c>
       <c r="H244" t="s">
-        <v>984</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>985</v>
+        <v>1015</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>153</v>
+        <v>21</v>
       </c>
       <c r="D245" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E245" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F245" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>986</v>
+        <v>1016</v>
       </c>
       <c r="H245" t="s">
-        <v>987</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>988</v>
+        <v>1018</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>157</v>
+        <v>25</v>
       </c>
       <c r="D246" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E246" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F246" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>989</v>
+        <v>1019</v>
       </c>
       <c r="H246" t="s">
-        <v>990</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>991</v>
+        <v>1021</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>161</v>
+        <v>30</v>
       </c>
       <c r="D247" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E247" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F247" t="s">
-        <v>976</v>
+        <v>1022</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>992</v>
+        <v>492</v>
       </c>
       <c r="H247" t="s">
-        <v>987</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>993</v>
+        <v>1024</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>165</v>
+        <v>34</v>
       </c>
       <c r="D248" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E248" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F248" t="s">
-        <v>149</v>
+        <v>1022</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>994</v>
+        <v>1025</v>
       </c>
       <c r="H248" t="s">
-        <v>995</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>996</v>
+        <v>1027</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>169</v>
+        <v>38</v>
       </c>
       <c r="D249" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E249" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F249" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>997</v>
+        <v>1028</v>
       </c>
       <c r="H249" t="s">
-        <v>998</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>999</v>
+        <v>1030</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="D250" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E250" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F250" t="s">
         <v>39</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>1000</v>
+        <v>1031</v>
       </c>
       <c r="H250" t="s">
-        <v>1001</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>1002</v>
+        <v>1033</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>178</v>
+        <v>47</v>
       </c>
       <c r="D251" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E251" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F251" t="s">
         <v>39</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>1003</v>
+        <v>1034</v>
       </c>
       <c r="H251" t="s">
-        <v>1004</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>1005</v>
+        <v>1036</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>182</v>
+        <v>51</v>
       </c>
       <c r="D252" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E252" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F252" t="s">
-        <v>74</v>
+        <v>1022</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>1006</v>
+        <v>1037</v>
       </c>
       <c r="H252" t="s">
-        <v>1007</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>55</v>
+      </c>
+      <c r="D253" t="s">
         <v>1008</v>
       </c>
-      <c r="B253" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E253" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F253" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>1010</v>
+        <v>1040</v>
       </c>
       <c r="H253" t="s">
-        <v>1011</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>1012</v>
+        <v>1042</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>191</v>
+        <v>60</v>
       </c>
       <c r="D254" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E254" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F254" t="s">
-        <v>26</v>
+        <v>1022</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>1013</v>
+        <v>1043</v>
       </c>
       <c r="H254" t="s">
-        <v>1014</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>1015</v>
+        <v>1045</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>195</v>
+        <v>64</v>
       </c>
       <c r="D255" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E255" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F255" t="s">
-        <v>39</v>
+        <v>149</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>1016</v>
+        <v>1046</v>
       </c>
       <c r="H255" t="s">
-        <v>1017</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>1018</v>
+        <v>1048</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>199</v>
+        <v>68</v>
       </c>
       <c r="D256" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E256" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F256" t="s">
-        <v>1019</v>
+        <v>149</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>1020</v>
+        <v>1049</v>
       </c>
       <c r="H256" t="s">
-        <v>1021</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>1022</v>
+        <v>1051</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>204</v>
+        <v>73</v>
       </c>
       <c r="D257" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E257" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F257" t="s">
-        <v>1019</v>
+        <v>140</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1023</v>
+        <v>1052</v>
       </c>
       <c r="H257" t="s">
-        <v>1024</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>1025</v>
+        <v>1054</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>208</v>
+        <v>78</v>
       </c>
       <c r="D258" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E258" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F258" t="s">
-        <v>1026</v>
+        <v>140</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1027</v>
+        <v>1055</v>
       </c>
       <c r="H258" t="s">
-        <v>1028</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1029</v>
+        <v>1057</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>212</v>
+        <v>83</v>
       </c>
       <c r="D259" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E259" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F259" t="s">
-        <v>39</v>
+        <v>140</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>492</v>
+        <v>1058</v>
       </c>
       <c r="H259" t="s">
-        <v>1030</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1031</v>
+        <v>1060</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>216</v>
+        <v>87</v>
       </c>
       <c r="D260" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E260" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F260" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1032</v>
+        <v>1061</v>
       </c>
       <c r="H260" t="s">
-        <v>1033</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1034</v>
+        <v>1063</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>221</v>
+        <v>91</v>
       </c>
       <c r="D261" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E261" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F261" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1035</v>
+        <v>1064</v>
       </c>
       <c r="H261" t="s">
-        <v>1036</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1037</v>
+        <v>1066</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>225</v>
+        <v>95</v>
       </c>
       <c r="D262" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E262" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F262" t="s">
-        <v>187</v>
+        <v>26</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1038</v>
+        <v>1067</v>
       </c>
       <c r="H262" t="s">
-        <v>1039</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1040</v>
+        <v>1069</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>229</v>
+        <v>99</v>
       </c>
       <c r="D263" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E263" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F263" t="s">
-        <v>187</v>
+        <v>1022</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1041</v>
+        <v>1070</v>
       </c>
       <c r="H263" t="s">
-        <v>1042</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1043</v>
+        <v>1072</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>233</v>
+        <v>103</v>
       </c>
       <c r="D264" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E264" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F264" t="s">
-        <v>187</v>
+        <v>1022</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1044</v>
+        <v>1073</v>
       </c>
       <c r="H264" t="s">
-        <v>1045</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1046</v>
+        <v>1075</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>237</v>
+        <v>107</v>
       </c>
       <c r="D265" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E265" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F265" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1047</v>
+        <v>1076</v>
       </c>
       <c r="H265" t="s">
-        <v>1048</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>241</v>
+        <v>111</v>
       </c>
       <c r="D266" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E266" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F266" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1050</v>
+        <v>1079</v>
       </c>
       <c r="H266" t="s">
-        <v>1051</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1052</v>
+        <v>1081</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>246</v>
+        <v>116</v>
       </c>
       <c r="D267" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E267" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F267" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1053</v>
+        <v>1082</v>
       </c>
       <c r="H267" t="s">
-        <v>1054</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1055</v>
+        <v>1084</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>251</v>
+        <v>120</v>
       </c>
       <c r="D268" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E268" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F268" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1056</v>
+        <v>1085</v>
       </c>
       <c r="H268" t="s">
-        <v>1057</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1058</v>
+        <v>1087</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>256</v>
+        <v>125</v>
       </c>
       <c r="D269" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E269" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F269" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1059</v>
+        <v>1088</v>
       </c>
       <c r="H269" t="s">
-        <v>1060</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1061</v>
+        <v>1090</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>261</v>
+        <v>130</v>
       </c>
       <c r="D270" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E270" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F270" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1062</v>
+        <v>1091</v>
       </c>
       <c r="H270" t="s">
-        <v>1063</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1064</v>
+        <v>1093</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>265</v>
+        <v>135</v>
       </c>
       <c r="D271" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E271" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F271" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1065</v>
+        <v>1094</v>
       </c>
       <c r="H271" t="s">
-        <v>1066</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1067</v>
+        <v>1096</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>270</v>
+        <v>139</v>
       </c>
       <c r="D272" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E272" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F272" t="s">
-        <v>901</v>
+        <v>1097</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1068</v>
+        <v>1098</v>
       </c>
       <c r="H272" t="s">
-        <v>1069</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1070</v>
+        <v>1100</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>274</v>
+        <v>144</v>
       </c>
       <c r="D273" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E273" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F273" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1071</v>
+        <v>1101</v>
       </c>
       <c r="H273" t="s">
-        <v>1072</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1073</v>
+        <v>1103</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>278</v>
+        <v>148</v>
       </c>
       <c r="D274" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E274" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F274" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1074</v>
+        <v>1104</v>
       </c>
       <c r="H274" t="s">
-        <v>1075</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1076</v>
+        <v>1106</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>282</v>
+        <v>153</v>
       </c>
       <c r="D275" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E275" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F275" t="s">
-        <v>1077</v>
+        <v>149</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1078</v>
+        <v>1107</v>
       </c>
       <c r="H275" t="s">
-        <v>1079</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1080</v>
+        <v>1109</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>286</v>
+        <v>157</v>
       </c>
       <c r="D276" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E276" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F276" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1081</v>
+        <v>1110</v>
       </c>
       <c r="H276" t="s">
-        <v>1082</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1083</v>
+        <v>1112</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>290</v>
+        <v>161</v>
       </c>
       <c r="D277" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E277" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F277" t="s">
-        <v>26</v>
+        <v>1097</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1084</v>
+        <v>1113</v>
       </c>
       <c r="H277" t="s">
-        <v>1085</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1086</v>
+        <v>1114</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>294</v>
+        <v>165</v>
       </c>
       <c r="D278" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E278" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F278" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1087</v>
+        <v>1115</v>
       </c>
       <c r="H278" t="s">
-        <v>1088</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1089</v>
+        <v>1117</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>298</v>
+        <v>169</v>
       </c>
       <c r="D279" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E279" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F279" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1090</v>
+        <v>1118</v>
       </c>
       <c r="H279" t="s">
-        <v>1091</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1092</v>
+        <v>1120</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>302</v>
+        <v>173</v>
       </c>
       <c r="D280" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E280" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F280" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1093</v>
+        <v>1121</v>
       </c>
       <c r="H280" t="s">
-        <v>1094</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1095</v>
+        <v>1123</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>306</v>
+        <v>178</v>
       </c>
       <c r="D281" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E281" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F281" t="s">
         <v>39</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="H281" t="s">
-        <v>1097</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1098</v>
+        <v>1126</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>311</v>
+        <v>182</v>
       </c>
       <c r="D282" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E282" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F282" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1099</v>
+        <v>1127</v>
       </c>
       <c r="H282" t="s">
-        <v>1100</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1101</v>
+        <v>1129</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>316</v>
+        <v>186</v>
       </c>
       <c r="D283" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E283" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F283" t="s">
-        <v>39</v>
+        <v>1130</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1102</v>
+        <v>1131</v>
       </c>
       <c r="H283" t="s">
-        <v>1103</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1104</v>
+        <v>1133</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>320</v>
+        <v>191</v>
       </c>
       <c r="D284" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E284" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F284" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1105</v>
+        <v>1134</v>
       </c>
       <c r="H284" t="s">
-        <v>1106</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1107</v>
+        <v>1136</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>324</v>
+        <v>195</v>
       </c>
       <c r="D285" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E285" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F285" t="s">
         <v>39</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1108</v>
+        <v>1137</v>
       </c>
       <c r="H285" t="s">
-        <v>1109</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1110</v>
+        <v>1139</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>328</v>
+        <v>199</v>
       </c>
       <c r="D286" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E286" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F286" t="s">
-        <v>39</v>
+        <v>1140</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1111</v>
+        <v>1141</v>
       </c>
       <c r="H286" t="s">
-        <v>1112</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1113</v>
+        <v>1143</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>332</v>
+        <v>204</v>
       </c>
       <c r="D287" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E287" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F287" t="s">
-        <v>39</v>
+        <v>1140</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1114</v>
+        <v>1144</v>
       </c>
       <c r="H287" t="s">
-        <v>1115</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1116</v>
+        <v>1146</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>336</v>
+        <v>208</v>
       </c>
       <c r="D288" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E288" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F288" t="s">
-        <v>39</v>
+        <v>1147</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1117</v>
+        <v>1148</v>
       </c>
       <c r="H288" t="s">
-        <v>1118</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1119</v>
+        <v>1150</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>340</v>
+        <v>212</v>
       </c>
       <c r="D289" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E289" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F289" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1120</v>
+        <v>492</v>
       </c>
       <c r="H289" t="s">
-        <v>1121</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1122</v>
+        <v>1152</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>344</v>
+        <v>216</v>
       </c>
       <c r="D290" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E290" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F290" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1123</v>
+        <v>1153</v>
       </c>
       <c r="H290" t="s">
-        <v>1124</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1125</v>
+        <v>1155</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>348</v>
+        <v>221</v>
       </c>
       <c r="D291" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E291" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F291" t="s">
-        <v>370</v>
+        <v>13</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1126</v>
+        <v>1156</v>
       </c>
       <c r="H291" t="s">
-        <v>1127</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1128</v>
+        <v>1158</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>353</v>
+        <v>225</v>
       </c>
       <c r="D292" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E292" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F292" t="s">
-        <v>1026</v>
+        <v>187</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1129</v>
+        <v>1159</v>
       </c>
       <c r="H292" t="s">
-        <v>1130</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1131</v>
+        <v>1161</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>357</v>
+        <v>229</v>
       </c>
       <c r="D293" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E293" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F293" t="s">
-        <v>901</v>
+        <v>187</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1132</v>
+        <v>1162</v>
       </c>
       <c r="H293" t="s">
-        <v>1133</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1134</v>
+        <v>1164</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>361</v>
+        <v>233</v>
       </c>
       <c r="D294" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E294" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F294" t="s">
-        <v>901</v>
+        <v>187</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1135</v>
+        <v>1165</v>
       </c>
       <c r="H294" t="s">
-        <v>1136</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1137</v>
+        <v>1167</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>365</v>
+        <v>237</v>
       </c>
       <c r="D295" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E295" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F295" t="s">
-        <v>149</v>
+        <v>1022</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1138</v>
+        <v>1168</v>
       </c>
       <c r="H295" t="s">
-        <v>1139</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1140</v>
+        <v>1170</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>369</v>
+        <v>241</v>
       </c>
       <c r="D296" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E296" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F296" t="s">
-        <v>39</v>
+        <v>1022</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1141</v>
+        <v>1171</v>
       </c>
       <c r="H296" t="s">
-        <v>1142</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1143</v>
+        <v>1173</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>374</v>
+        <v>246</v>
       </c>
       <c r="D297" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E297" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F297" t="s">
-        <v>26</v>
+        <v>1022</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1144</v>
+        <v>1174</v>
       </c>
       <c r="H297" t="s">
-        <v>1145</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1146</v>
+        <v>1176</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>378</v>
+        <v>251</v>
       </c>
       <c r="D298" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E298" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F298" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1147</v>
+        <v>1177</v>
       </c>
       <c r="H298" t="s">
-        <v>1148</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1149</v>
+        <v>1179</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>382</v>
+        <v>256</v>
       </c>
       <c r="D299" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E299" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F299" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1150</v>
+        <v>1180</v>
       </c>
       <c r="H299" t="s">
-        <v>1151</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1152</v>
+        <v>1182</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>386</v>
+        <v>261</v>
       </c>
       <c r="D300" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E300" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F300" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1153</v>
+        <v>1183</v>
       </c>
       <c r="H300" t="s">
-        <v>1154</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1155</v>
+        <v>1185</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>390</v>
+        <v>265</v>
       </c>
       <c r="D301" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E301" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F301" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1156</v>
+        <v>1186</v>
       </c>
       <c r="H301" t="s">
-        <v>1157</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1158</v>
+        <v>1188</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>395</v>
+        <v>270</v>
       </c>
       <c r="D302" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E302" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F302" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1159</v>
+        <v>1189</v>
       </c>
       <c r="H302" t="s">
-        <v>1160</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1161</v>
+        <v>1191</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>399</v>
+        <v>274</v>
       </c>
       <c r="D303" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E303" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F303" t="s">
-        <v>901</v>
+        <v>26</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1162</v>
+        <v>1192</v>
       </c>
       <c r="H303" t="s">
-        <v>1163</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1164</v>
+        <v>1194</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>403</v>
+        <v>278</v>
       </c>
       <c r="D304" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E304" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F304" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1165</v>
+        <v>1195</v>
       </c>
       <c r="H304" t="s">
-        <v>1166</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1167</v>
+        <v>1197</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>407</v>
+        <v>282</v>
       </c>
       <c r="D305" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E305" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F305" t="s">
-        <v>140</v>
+        <v>1198</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1168</v>
+        <v>1199</v>
       </c>
       <c r="H305" t="s">
-        <v>1169</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1170</v>
+        <v>1201</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>411</v>
+        <v>286</v>
       </c>
       <c r="D306" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E306" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F306" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1171</v>
+        <v>1202</v>
       </c>
       <c r="H306" t="s">
-        <v>1172</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1173</v>
+        <v>1204</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>415</v>
+        <v>290</v>
       </c>
       <c r="D307" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E307" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F307" t="s">
-        <v>370</v>
+        <v>26</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1174</v>
+        <v>1205</v>
       </c>
       <c r="H307" t="s">
-        <v>1175</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1176</v>
+        <v>1207</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>419</v>
+        <v>294</v>
       </c>
       <c r="D308" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E308" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F308" t="s">
-        <v>901</v>
+        <v>140</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1177</v>
+        <v>1208</v>
       </c>
       <c r="H308" t="s">
-        <v>1178</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1179</v>
+        <v>1210</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>423</v>
+        <v>298</v>
       </c>
       <c r="D309" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E309" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F309" t="s">
-        <v>901</v>
+        <v>74</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1180</v>
+        <v>1211</v>
       </c>
       <c r="H309" t="s">
-        <v>1181</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1182</v>
+        <v>1213</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>427</v>
+        <v>302</v>
       </c>
       <c r="D310" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E310" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F310" t="s">
-        <v>901</v>
+        <v>74</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1183</v>
+        <v>1214</v>
       </c>
       <c r="H310" t="s">
-        <v>1184</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1185</v>
+        <v>1216</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>431</v>
+        <v>306</v>
       </c>
       <c r="D311" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E311" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F311" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1186</v>
+        <v>1217</v>
       </c>
       <c r="H311" t="s">
-        <v>1187</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1188</v>
+        <v>1219</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>435</v>
+        <v>311</v>
       </c>
       <c r="D312" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E312" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F312" t="s">
-        <v>901</v>
+        <v>39</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1189</v>
+        <v>1220</v>
       </c>
       <c r="H312" t="s">
-        <v>1190</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1191</v>
+        <v>1222</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>439</v>
+        <v>316</v>
       </c>
       <c r="D313" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E313" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F313" t="s">
-        <v>901</v>
+        <v>39</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1192</v>
+        <v>1223</v>
       </c>
       <c r="H313" t="s">
-        <v>1193</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1194</v>
+        <v>1225</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>443</v>
+        <v>320</v>
       </c>
       <c r="D314" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E314" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F314" t="s">
-        <v>901</v>
+        <v>39</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1195</v>
+        <v>1226</v>
       </c>
       <c r="H314" t="s">
-        <v>1196</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1197</v>
+        <v>1228</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>447</v>
+        <v>324</v>
       </c>
       <c r="D315" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E315" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F315" t="s">
-        <v>901</v>
+        <v>39</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1198</v>
+        <v>1229</v>
       </c>
       <c r="H315" t="s">
-        <v>1199</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1200</v>
+        <v>1231</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>451</v>
+        <v>328</v>
       </c>
       <c r="D316" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E316" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F316" t="s">
-        <v>901</v>
+        <v>39</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1201</v>
+        <v>1232</v>
       </c>
       <c r="H316" t="s">
-        <v>1202</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1203</v>
+        <v>1234</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>455</v>
+        <v>332</v>
       </c>
       <c r="D317" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E317" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F317" t="s">
-        <v>901</v>
+        <v>39</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1204</v>
+        <v>1235</v>
       </c>
       <c r="H317" t="s">
-        <v>1205</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1206</v>
+        <v>1237</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>459</v>
+        <v>336</v>
       </c>
       <c r="D318" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E318" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F318" t="s">
-        <v>901</v>
+        <v>39</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1207</v>
+        <v>1238</v>
       </c>
       <c r="H318" t="s">
-        <v>1208</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1209</v>
+        <v>1240</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>463</v>
+        <v>340</v>
       </c>
       <c r="D319" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E319" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F319" t="s">
-        <v>901</v>
+        <v>13</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1210</v>
+        <v>1241</v>
       </c>
       <c r="H319" t="s">
-        <v>1211</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1212</v>
+        <v>1243</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>467</v>
+        <v>344</v>
       </c>
       <c r="D320" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E320" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F320" t="s">
-        <v>901</v>
+        <v>13</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1213</v>
+        <v>1244</v>
       </c>
       <c r="H320" t="s">
-        <v>1214</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1215</v>
+        <v>1246</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>471</v>
+        <v>348</v>
       </c>
       <c r="D321" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E321" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F321" t="s">
-        <v>901</v>
+        <v>370</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1216</v>
+        <v>1247</v>
       </c>
       <c r="H321" t="s">
-        <v>1217</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1218</v>
+        <v>1249</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>475</v>
+        <v>353</v>
       </c>
       <c r="D322" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E322" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F322" t="s">
-        <v>26</v>
+        <v>1147</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1219</v>
+        <v>1250</v>
       </c>
       <c r="H322" t="s">
-        <v>1220</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1221</v>
+        <v>1252</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>479</v>
+        <v>357</v>
       </c>
       <c r="D323" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E323" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F323" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1222</v>
+        <v>1253</v>
       </c>
       <c r="H323" t="s">
-        <v>1223</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1224</v>
+        <v>1255</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>483</v>
+        <v>361</v>
       </c>
       <c r="D324" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E324" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F324" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1225</v>
+        <v>1256</v>
       </c>
       <c r="H324" t="s">
-        <v>1226</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1227</v>
+        <v>1258</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>487</v>
+        <v>365</v>
       </c>
       <c r="D325" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E325" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F325" t="s">
-        <v>901</v>
+        <v>149</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1228</v>
+        <v>1259</v>
       </c>
       <c r="H325" t="s">
-        <v>1229</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1230</v>
+        <v>1261</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>491</v>
+        <v>369</v>
       </c>
       <c r="D326" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E326" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F326" t="s">
-        <v>1231</v>
+        <v>39</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1232</v>
+        <v>1262</v>
       </c>
       <c r="H326" t="s">
-        <v>1233</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>9</v>
+        <v>1264</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>495</v>
+        <v>374</v>
       </c>
       <c r="D327" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E327" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F327" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1234</v>
+        <v>1265</v>
       </c>
       <c r="H327" t="s">
-        <v>1235</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1236</v>
+        <v>1267</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>499</v>
+        <v>378</v>
       </c>
       <c r="D328" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E328" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F328" t="s">
-        <v>13</v>
+        <v>1022</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1237</v>
+        <v>1268</v>
       </c>
       <c r="H328" t="s">
-        <v>1238</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1239</v>
+        <v>1270</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>503</v>
+        <v>382</v>
       </c>
       <c r="D329" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E329" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F329" t="s">
-        <v>13</v>
+        <v>1022</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1240</v>
+        <v>1271</v>
       </c>
       <c r="H329" t="s">
-        <v>1241</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1242</v>
+        <v>1273</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>507</v>
+        <v>386</v>
       </c>
       <c r="D330" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E330" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F330" t="s">
-        <v>1243</v>
+        <v>1022</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1244</v>
+        <v>1274</v>
       </c>
       <c r="H330" t="s">
-        <v>1245</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1246</v>
+        <v>1276</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>511</v>
+        <v>390</v>
       </c>
       <c r="D331" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E331" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F331" t="s">
-        <v>901</v>
+        <v>1022</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1247</v>
+        <v>1277</v>
       </c>
       <c r="H331" t="s">
-        <v>1248</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1249</v>
+        <v>1279</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>515</v>
+        <v>395</v>
       </c>
       <c r="D332" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E332" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F332" t="s">
-        <v>26</v>
+        <v>1022</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1250</v>
+        <v>1280</v>
       </c>
       <c r="H332" t="s">
-        <v>1251</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1252</v>
+        <v>1282</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>519</v>
+        <v>399</v>
       </c>
       <c r="D333" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E333" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F333" t="s">
-        <v>26</v>
+        <v>1022</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1253</v>
+        <v>1283</v>
       </c>
       <c r="H333" t="s">
-        <v>1254</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1255</v>
+        <v>1285</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>523</v>
+        <v>403</v>
       </c>
       <c r="D334" t="s">
-        <v>887</v>
+        <v>1008</v>
       </c>
       <c r="E334" t="s">
-        <v>888</v>
+        <v>1009</v>
       </c>
       <c r="F334" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1256</v>
+        <v>1286</v>
       </c>
       <c r="H334" t="s">
-        <v>1257</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1258</v>
+        <v>1288</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>10</v>
+        <v>407</v>
       </c>
       <c r="D335" t="s">
-        <v>1259</v>
+        <v>1008</v>
       </c>
       <c r="E335" t="s">
-        <v>1260</v>
+        <v>1009</v>
       </c>
       <c r="F335" t="s">
-        <v>1261</v>
+        <v>140</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1262</v>
+        <v>1289</v>
       </c>
       <c r="H335" t="s">
-        <v>1263</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1264</v>
+        <v>1291</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>17</v>
+        <v>411</v>
       </c>
       <c r="D336" t="s">
-        <v>1259</v>
+        <v>1008</v>
       </c>
       <c r="E336" t="s">
-        <v>1260</v>
+        <v>1009</v>
       </c>
       <c r="F336" t="s">
-        <v>39</v>
+        <v>140</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1265</v>
+        <v>1292</v>
       </c>
       <c r="H336" t="s">
-        <v>1266</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1267</v>
+        <v>1294</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>21</v>
+        <v>415</v>
       </c>
       <c r="D337" t="s">
-        <v>1259</v>
+        <v>1008</v>
       </c>
       <c r="E337" t="s">
-        <v>1260</v>
+        <v>1009</v>
       </c>
       <c r="F337" t="s">
-        <v>1268</v>
+        <v>370</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1269</v>
+        <v>1295</v>
       </c>
       <c r="H337" t="s">
-        <v>1270</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1271</v>
+        <v>1297</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>25</v>
+        <v>419</v>
       </c>
       <c r="D338" t="s">
-        <v>1259</v>
+        <v>1008</v>
       </c>
       <c r="E338" t="s">
-        <v>1260</v>
+        <v>1009</v>
       </c>
       <c r="F338" t="s">
-        <v>74</v>
+        <v>1022</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1272</v>
+        <v>1298</v>
       </c>
       <c r="H338" t="s">
-        <v>1273</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1274</v>
+        <v>1300</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>30</v>
+        <v>423</v>
       </c>
       <c r="D339" t="s">
-        <v>1259</v>
+        <v>1008</v>
       </c>
       <c r="E339" t="s">
-        <v>1260</v>
+        <v>1009</v>
       </c>
       <c r="F339" t="s">
-        <v>39</v>
+        <v>1022</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1275</v>
+        <v>1301</v>
       </c>
       <c r="H339" t="s">
-        <v>1276</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1277</v>
+        <v>1303</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>10</v>
+        <v>427</v>
       </c>
       <c r="D340" t="s">
-        <v>1278</v>
+        <v>1008</v>
       </c>
       <c r="E340" t="s">
-        <v>1279</v>
+        <v>1009</v>
       </c>
       <c r="F340" t="s">
-        <v>1261</v>
+        <v>1022</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1280</v>
+        <v>1304</v>
       </c>
       <c r="H340" t="s">
-        <v>1281</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1282</v>
+        <v>1306</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>17</v>
+        <v>431</v>
       </c>
       <c r="D341" t="s">
-        <v>1278</v>
+        <v>1008</v>
       </c>
       <c r="E341" t="s">
-        <v>1279</v>
+        <v>1009</v>
       </c>
       <c r="F341" t="s">
-        <v>39</v>
+        <v>149</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1283</v>
+        <v>1307</v>
       </c>
       <c r="H341" t="s">
-        <v>1284</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1285</v>
+        <v>1309</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>21</v>
+        <v>435</v>
       </c>
       <c r="D342" t="s">
-        <v>1278</v>
+        <v>1008</v>
       </c>
       <c r="E342" t="s">
-        <v>1279</v>
+        <v>1009</v>
       </c>
       <c r="F342" t="s">
-        <v>1268</v>
+        <v>1022</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1286</v>
+        <v>1310</v>
       </c>
       <c r="H342" t="s">
-        <v>1287</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1288</v>
+        <v>1312</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>25</v>
+        <v>439</v>
       </c>
       <c r="D343" t="s">
-        <v>1278</v>
+        <v>1008</v>
       </c>
       <c r="E343" t="s">
-        <v>1279</v>
+        <v>1009</v>
       </c>
       <c r="F343" t="s">
-        <v>74</v>
+        <v>1022</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>492</v>
+        <v>1313</v>
       </c>
       <c r="H343" t="s">
-        <v>1289</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1290</v>
+        <v>1315</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>30</v>
+        <v>443</v>
       </c>
       <c r="D344" t="s">
-        <v>1278</v>
+        <v>1008</v>
       </c>
       <c r="E344" t="s">
-        <v>1279</v>
+        <v>1009</v>
       </c>
       <c r="F344" t="s">
-        <v>39</v>
+        <v>1022</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>492</v>
+        <v>1316</v>
       </c>
       <c r="H344" t="s">
-        <v>1291</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1292</v>
+        <v>1318</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>34</v>
+        <v>447</v>
       </c>
       <c r="D345" t="s">
-        <v>1278</v>
+        <v>1008</v>
       </c>
       <c r="E345" t="s">
-        <v>1279</v>
+        <v>1009</v>
       </c>
       <c r="F345" t="s">
-        <v>13</v>
+        <v>1022</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1293</v>
+        <v>1319</v>
       </c>
       <c r="H345" t="s">
-        <v>1294</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1295</v>
+        <v>1321</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>38</v>
+        <v>451</v>
       </c>
       <c r="D346" t="s">
-        <v>1278</v>
+        <v>1008</v>
       </c>
       <c r="E346" t="s">
-        <v>1279</v>
+        <v>1009</v>
       </c>
       <c r="F346" t="s">
-        <v>13</v>
+        <v>1022</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1296</v>
+        <v>1322</v>
       </c>
       <c r="H346" t="s">
-        <v>1297</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1298</v>
+        <v>1324</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>10</v>
+        <v>455</v>
       </c>
       <c r="D347" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E347" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F347" t="s">
-        <v>370</v>
+        <v>1022</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1301</v>
+        <v>1325</v>
       </c>
       <c r="H347" t="s">
-        <v>1302</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1303</v>
+        <v>1327</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>17</v>
+        <v>459</v>
       </c>
       <c r="D348" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E348" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F348" t="s">
-        <v>74</v>
+        <v>1022</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1304</v>
+        <v>1328</v>
       </c>
       <c r="H348" t="s">
-        <v>1305</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1306</v>
+        <v>1330</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>21</v>
+        <v>463</v>
       </c>
       <c r="D349" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E349" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F349" t="s">
-        <v>74</v>
+        <v>1022</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1307</v>
+        <v>1331</v>
       </c>
       <c r="H349" t="s">
-        <v>1308</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1309</v>
+        <v>1333</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>25</v>
+        <v>467</v>
       </c>
       <c r="D350" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E350" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F350" t="s">
-        <v>13</v>
+        <v>1022</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1310</v>
+        <v>1334</v>
       </c>
       <c r="H350" t="s">
-        <v>1311</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1312</v>
+        <v>1336</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>30</v>
+        <v>471</v>
       </c>
       <c r="D351" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E351" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F351" t="s">
-        <v>13</v>
+        <v>1022</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1313</v>
+        <v>1337</v>
       </c>
       <c r="H351" t="s">
-        <v>1314</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1315</v>
+        <v>1339</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>34</v>
+        <v>475</v>
       </c>
       <c r="D352" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E352" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F352" t="s">
-        <v>187</v>
+        <v>26</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1316</v>
+        <v>1340</v>
       </c>
       <c r="H352" t="s">
-        <v>1317</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1318</v>
+        <v>1342</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>38</v>
+        <v>479</v>
       </c>
       <c r="D353" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E353" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F353" t="s">
-        <v>1319</v>
+        <v>1022</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1320</v>
+        <v>1343</v>
       </c>
       <c r="H353" t="s">
-        <v>1321</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1322</v>
+        <v>1345</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>43</v>
+        <v>483</v>
       </c>
       <c r="D354" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E354" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F354" t="s">
-        <v>370</v>
+        <v>1022</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1323</v>
+        <v>1346</v>
       </c>
       <c r="H354" t="s">
-        <v>1324</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1325</v>
+        <v>1348</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>47</v>
+        <v>487</v>
       </c>
       <c r="D355" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E355" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F355" t="s">
-        <v>26</v>
+        <v>1022</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1326</v>
+        <v>1349</v>
       </c>
       <c r="H355" t="s">
-        <v>1327</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1328</v>
+        <v>1351</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>51</v>
+        <v>491</v>
       </c>
       <c r="D356" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E356" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F356" t="s">
-        <v>39</v>
+        <v>1352</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1329</v>
+        <v>1353</v>
       </c>
       <c r="H356" t="s">
-        <v>1330</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1331</v>
+        <v>9</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>55</v>
+        <v>495</v>
       </c>
       <c r="D357" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E357" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F357" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1332</v>
+        <v>1355</v>
       </c>
       <c r="H357" t="s">
-        <v>1333</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1334</v>
+        <v>1357</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>60</v>
+        <v>499</v>
       </c>
       <c r="D358" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E358" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F358" t="s">
-        <v>140</v>
+        <v>13</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1335</v>
+        <v>1358</v>
       </c>
       <c r="H358" t="s">
-        <v>1336</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1337</v>
+        <v>1360</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>64</v>
+        <v>503</v>
       </c>
       <c r="D359" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E359" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F359" t="s">
-        <v>140</v>
+        <v>13</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1338</v>
+        <v>1361</v>
       </c>
       <c r="H359" t="s">
-        <v>1339</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1340</v>
+        <v>1363</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>68</v>
+        <v>507</v>
       </c>
       <c r="D360" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E360" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F360" t="s">
-        <v>26</v>
+        <v>1364</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1341</v>
+        <v>1365</v>
       </c>
       <c r="H360" t="s">
-        <v>1342</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1343</v>
+        <v>1367</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>73</v>
+        <v>511</v>
       </c>
       <c r="D361" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E361" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F361" t="s">
-        <v>149</v>
+        <v>1022</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1344</v>
+        <v>1368</v>
       </c>
       <c r="H361" t="s">
-        <v>1345</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1346</v>
+        <v>1370</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>78</v>
+        <v>515</v>
       </c>
       <c r="D362" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E362" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F362" t="s">
-        <v>149</v>
+        <v>26</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1347</v>
+        <v>1371</v>
       </c>
       <c r="H362" t="s">
-        <v>1348</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1349</v>
+        <v>1373</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>83</v>
+        <v>519</v>
       </c>
       <c r="D363" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E363" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F363" t="s">
         <v>26</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1350</v>
+        <v>1374</v>
       </c>
       <c r="H363" t="s">
-        <v>1351</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1352</v>
+        <v>1376</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>87</v>
+        <v>523</v>
       </c>
       <c r="D364" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E364" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F364" t="s">
-        <v>39</v>
+        <v>1198</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1353</v>
+        <v>1377</v>
       </c>
       <c r="H364" t="s">
-        <v>1354</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1355</v>
+        <v>1379</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>91</v>
+        <v>527</v>
       </c>
       <c r="D365" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E365" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F365" t="s">
-        <v>39</v>
+        <v>149</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1356</v>
+        <v>1380</v>
       </c>
       <c r="H365" t="s">
-        <v>1357</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1358</v>
+        <v>1382</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>95</v>
+        <v>531</v>
       </c>
       <c r="D366" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E366" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F366" t="s">
-        <v>13</v>
+        <v>1198</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1359</v>
+        <v>1383</v>
       </c>
       <c r="H366" t="s">
-        <v>1360</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1361</v>
+        <v>1385</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>99</v>
+        <v>535</v>
       </c>
       <c r="D367" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E367" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F367" t="s">
-        <v>13</v>
+        <v>1022</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1362</v>
+        <v>1386</v>
       </c>
       <c r="H367" t="s">
-        <v>1363</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1364</v>
+        <v>1388</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>103</v>
+        <v>539</v>
       </c>
       <c r="D368" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E368" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F368" t="s">
-        <v>74</v>
+        <v>1022</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1365</v>
+        <v>1389</v>
       </c>
       <c r="H368" t="s">
-        <v>1366</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1367</v>
+        <v>1391</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>107</v>
+        <v>543</v>
       </c>
       <c r="D369" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E369" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F369" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1368</v>
+        <v>1392</v>
       </c>
       <c r="H369" t="s">
-        <v>1369</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1370</v>
+        <v>1394</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>111</v>
+        <v>547</v>
       </c>
       <c r="D370" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E370" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F370" t="s">
-        <v>1371</v>
+        <v>1395</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1372</v>
+        <v>1396</v>
       </c>
       <c r="H370" t="s">
-        <v>1373</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1374</v>
+        <v>1398</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>116</v>
+        <v>551</v>
       </c>
       <c r="D371" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E371" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F371" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1375</v>
+        <v>1399</v>
       </c>
       <c r="H371" t="s">
-        <v>1376</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1377</v>
+        <v>1401</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>120</v>
+        <v>555</v>
       </c>
       <c r="D372" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E372" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F372" t="s">
-        <v>149</v>
+        <v>1022</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1378</v>
+        <v>1402</v>
       </c>
       <c r="H372" t="s">
-        <v>1379</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1380</v>
+        <v>1404</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>125</v>
+        <v>559</v>
       </c>
       <c r="D373" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E373" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F373" t="s">
-        <v>149</v>
+        <v>1022</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1381</v>
+        <v>1405</v>
       </c>
       <c r="H373" t="s">
-        <v>1382</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1383</v>
+        <v>1407</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>130</v>
+        <v>563</v>
       </c>
       <c r="D374" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E374" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F374" t="s">
-        <v>140</v>
+        <v>1022</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1384</v>
+        <v>1408</v>
       </c>
       <c r="H374" t="s">
-        <v>1385</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1386</v>
+        <v>1410</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>135</v>
+        <v>568</v>
       </c>
       <c r="D375" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E375" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F375" t="s">
-        <v>370</v>
+        <v>1022</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1387</v>
+        <v>1411</v>
       </c>
       <c r="H375" t="s">
-        <v>1388</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1389</v>
+        <v>1413</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>139</v>
+        <v>571</v>
       </c>
       <c r="D376" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E376" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F376" t="s">
-        <v>39</v>
+        <v>1022</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1390</v>
+        <v>1414</v>
       </c>
       <c r="H376" t="s">
-        <v>1391</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1392</v>
+        <v>1416</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>144</v>
+        <v>575</v>
       </c>
       <c r="D377" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E377" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F377" t="s">
-        <v>39</v>
+        <v>1022</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1393</v>
+        <v>1417</v>
       </c>
       <c r="H377" t="s">
-        <v>1394</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1395</v>
+        <v>1419</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>148</v>
+        <v>579</v>
       </c>
       <c r="D378" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E378" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F378" t="s">
-        <v>976</v>
+        <v>1022</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1396</v>
+        <v>1420</v>
       </c>
       <c r="H378" t="s">
-        <v>1397</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1398</v>
+        <v>1422</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>153</v>
+        <v>583</v>
       </c>
       <c r="D379" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E379" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F379" t="s">
-        <v>370</v>
+        <v>1022</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>492</v>
+        <v>1423</v>
       </c>
       <c r="H379" t="s">
-        <v>1399</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1400</v>
+        <v>1425</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>157</v>
+        <v>587</v>
       </c>
       <c r="D380" t="s">
-        <v>1299</v>
+        <v>1008</v>
       </c>
       <c r="E380" t="s">
-        <v>1300</v>
+        <v>1009</v>
       </c>
       <c r="F380" t="s">
-        <v>370</v>
+        <v>1022</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1401</v>
+        <v>1426</v>
       </c>
       <c r="H380" t="s">
-        <v>1402</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1403</v>
+        <v>1428</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>161</v>
+        <v>10</v>
       </c>
       <c r="D381" t="s">
-        <v>1299</v>
+        <v>1429</v>
       </c>
       <c r="E381" t="s">
-        <v>1300</v>
+        <v>1430</v>
       </c>
       <c r="F381" t="s">
-        <v>13</v>
+        <v>1431</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1404</v>
+        <v>1432</v>
       </c>
       <c r="H381" t="s">
-        <v>1405</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1406</v>
+        <v>1434</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>165</v>
+        <v>17</v>
       </c>
       <c r="D382" t="s">
-        <v>1299</v>
+        <v>1429</v>
       </c>
       <c r="E382" t="s">
-        <v>1300</v>
+        <v>1430</v>
       </c>
       <c r="F382" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1407</v>
+        <v>1435</v>
       </c>
       <c r="H382" t="s">
-        <v>1408</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1409</v>
+        <v>1437</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="D383" t="s">
-        <v>1299</v>
+        <v>1429</v>
       </c>
       <c r="E383" t="s">
-        <v>1300</v>
+        <v>1430</v>
       </c>
       <c r="F383" t="s">
-        <v>26</v>
+        <v>1438</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1410</v>
+        <v>1439</v>
       </c>
       <c r="H383" t="s">
-        <v>1411</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1412</v>
+        <v>1441</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>173</v>
+        <v>25</v>
       </c>
       <c r="D384" t="s">
-        <v>1299</v>
+        <v>1429</v>
       </c>
       <c r="E384" t="s">
-        <v>1300</v>
+        <v>1430</v>
       </c>
       <c r="F384" t="s">
         <v>74</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1413</v>
+        <v>1442</v>
       </c>
       <c r="H384" t="s">
-        <v>1414</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1415</v>
+        <v>1444</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>178</v>
+        <v>30</v>
       </c>
       <c r="D385" t="s">
-        <v>1299</v>
+        <v>1429</v>
       </c>
       <c r="E385" t="s">
-        <v>1300</v>
+        <v>1430</v>
       </c>
       <c r="F385" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>492</v>
+        <v>1445</v>
       </c>
       <c r="H385" t="s">
-        <v>1416</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1417</v>
+        <v>1447</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>182</v>
+        <v>10</v>
       </c>
       <c r="D386" t="s">
-        <v>1299</v>
+        <v>1448</v>
       </c>
       <c r="E386" t="s">
-        <v>1300</v>
+        <v>1449</v>
       </c>
       <c r="F386" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1419</v>
+        <v>1450</v>
       </c>
       <c r="H386" t="s">
-        <v>1420</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1421</v>
+        <v>1452</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>186</v>
+        <v>17</v>
       </c>
       <c r="D387" t="s">
-        <v>1299</v>
+        <v>1448</v>
       </c>
       <c r="E387" t="s">
-        <v>1300</v>
+        <v>1449</v>
       </c>
       <c r="F387" t="s">
-        <v>349</v>
+        <v>39</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1422</v>
+        <v>1453</v>
       </c>
       <c r="H387" t="s">
-        <v>1423</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1424</v>
+        <v>1455</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>191</v>
+        <v>21</v>
       </c>
       <c r="D388" t="s">
-        <v>1299</v>
+        <v>1448</v>
       </c>
       <c r="E388" t="s">
-        <v>1300</v>
+        <v>1449</v>
       </c>
       <c r="F388" t="s">
-        <v>140</v>
+        <v>1438</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1425</v>
+        <v>1456</v>
       </c>
       <c r="H388" t="s">
-        <v>1426</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1427</v>
+        <v>1458</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>195</v>
+        <v>25</v>
       </c>
       <c r="D389" t="s">
-        <v>1299</v>
+        <v>1448</v>
       </c>
       <c r="E389" t="s">
-        <v>1300</v>
+        <v>1449</v>
       </c>
       <c r="F389" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1428</v>
+        <v>492</v>
       </c>
       <c r="H389" t="s">
-        <v>1429</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1430</v>
+        <v>1460</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>199</v>
+        <v>30</v>
       </c>
       <c r="D390" t="s">
-        <v>1299</v>
+        <v>1448</v>
       </c>
       <c r="E390" t="s">
-        <v>1300</v>
+        <v>1449</v>
       </c>
       <c r="F390" t="s">
         <v>39</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1431</v>
+        <v>492</v>
       </c>
       <c r="H390" t="s">
-        <v>1432</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1433</v>
+        <v>1462</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>204</v>
+        <v>34</v>
       </c>
       <c r="D391" t="s">
-        <v>1299</v>
+        <v>1448</v>
       </c>
       <c r="E391" t="s">
-        <v>1300</v>
+        <v>1449</v>
       </c>
       <c r="F391" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1434</v>
+        <v>1463</v>
       </c>
       <c r="H391" t="s">
-        <v>1435</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1436</v>
+        <v>1465</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>208</v>
+        <v>38</v>
       </c>
       <c r="D392" t="s">
-        <v>1299</v>
+        <v>1448</v>
       </c>
       <c r="E392" t="s">
-        <v>1300</v>
+        <v>1449</v>
       </c>
       <c r="F392" t="s">
-        <v>370</v>
+        <v>13</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1437</v>
+        <v>1466</v>
       </c>
       <c r="H392" t="s">
-        <v>1438</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1439</v>
+        <v>1468</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>212</v>
+        <v>10</v>
       </c>
       <c r="D393" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E393" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F393" t="s">
-        <v>149</v>
+        <v>370</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1440</v>
+        <v>1471</v>
       </c>
       <c r="H393" t="s">
-        <v>1441</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1442</v>
+        <v>1473</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>216</v>
+        <v>17</v>
       </c>
       <c r="D394" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E394" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F394" t="s">
-        <v>149</v>
+        <v>74</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1443</v>
+        <v>1474</v>
       </c>
       <c r="H394" t="s">
-        <v>1444</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1445</v>
+        <v>1476</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>221</v>
+        <v>21</v>
       </c>
       <c r="D395" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E395" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F395" t="s">
-        <v>1446</v>
+        <v>74</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1447</v>
+        <v>1477</v>
       </c>
       <c r="H395" t="s">
-        <v>1448</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1449</v>
+        <v>1479</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>225</v>
+        <v>25</v>
       </c>
       <c r="D396" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E396" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F396" t="s">
         <v>13</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1450</v>
+        <v>1480</v>
       </c>
       <c r="H396" t="s">
-        <v>1451</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1452</v>
+        <v>1482</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>229</v>
+        <v>30</v>
       </c>
       <c r="D397" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E397" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F397" t="s">
         <v>13</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1453</v>
+        <v>1483</v>
       </c>
       <c r="H397" t="s">
-        <v>1454</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1455</v>
+        <v>1485</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>233</v>
+        <v>34</v>
       </c>
       <c r="D398" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E398" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F398" t="s">
-        <v>74</v>
+        <v>187</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1456</v>
+        <v>1486</v>
       </c>
       <c r="H398" t="s">
-        <v>1457</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1458</v>
+        <v>1488</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>237</v>
+        <v>38</v>
       </c>
       <c r="D399" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E399" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F399" t="s">
-        <v>74</v>
+        <v>1489</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1459</v>
+        <v>1490</v>
       </c>
       <c r="H399" t="s">
-        <v>1460</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1461</v>
+        <v>1492</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>241</v>
+        <v>43</v>
       </c>
       <c r="D400" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E400" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F400" t="s">
-        <v>26</v>
+        <v>370</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1462</v>
+        <v>1493</v>
       </c>
       <c r="H400" t="s">
-        <v>1463</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1464</v>
+        <v>1495</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>246</v>
+        <v>47</v>
       </c>
       <c r="D401" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E401" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F401" t="s">
         <v>26</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1465</v>
+        <v>1496</v>
       </c>
       <c r="H401" t="s">
-        <v>1466</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1467</v>
+        <v>1498</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>251</v>
+        <v>51</v>
       </c>
       <c r="D402" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E402" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F402" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1468</v>
+        <v>1499</v>
       </c>
       <c r="H402" t="s">
-        <v>1469</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>55</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E403" t="s">
         <v>1470</v>
       </c>
-      <c r="B403" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F403" t="s">
-        <v>370</v>
+        <v>39</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1471</v>
+        <v>1502</v>
       </c>
       <c r="H403" t="s">
-        <v>1472</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1473</v>
+        <v>1504</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>261</v>
+        <v>60</v>
       </c>
       <c r="D404" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E404" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F404" t="s">
-        <v>370</v>
+        <v>140</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1474</v>
+        <v>1505</v>
       </c>
       <c r="H404" t="s">
-        <v>1475</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1476</v>
+        <v>1507</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>265</v>
+        <v>64</v>
       </c>
       <c r="D405" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E405" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F405" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1477</v>
+        <v>1508</v>
       </c>
       <c r="H405" t="s">
-        <v>1478</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1479</v>
+        <v>1510</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>270</v>
+        <v>68</v>
       </c>
       <c r="D406" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E406" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F406" t="s">
-        <v>149</v>
+        <v>26</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1480</v>
+        <v>1511</v>
       </c>
       <c r="H406" t="s">
-        <v>1481</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1482</v>
+        <v>1513</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>274</v>
+        <v>73</v>
       </c>
       <c r="D407" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E407" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F407" t="s">
-        <v>39</v>
+        <v>149</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1483</v>
+        <v>1514</v>
       </c>
       <c r="H407" t="s">
-        <v>1484</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1485</v>
+        <v>1516</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>278</v>
+        <v>78</v>
       </c>
       <c r="D408" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E408" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F408" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1486</v>
+        <v>1517</v>
       </c>
       <c r="H408" t="s">
-        <v>1487</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1488</v>
+        <v>1519</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>282</v>
+        <v>83</v>
       </c>
       <c r="D409" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E409" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F409" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1489</v>
+        <v>1520</v>
       </c>
       <c r="H409" t="s">
-        <v>1490</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1491</v>
+        <v>1522</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>286</v>
+        <v>87</v>
       </c>
       <c r="D410" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E410" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F410" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1492</v>
+        <v>1523</v>
       </c>
       <c r="H410" t="s">
-        <v>1493</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1494</v>
+        <v>1525</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>290</v>
+        <v>91</v>
       </c>
       <c r="D411" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E411" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F411" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1495</v>
+        <v>1526</v>
       </c>
       <c r="H411" t="s">
-        <v>1496</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1497</v>
+        <v>1528</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>294</v>
+        <v>95</v>
       </c>
       <c r="D412" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E412" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F412" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1498</v>
+        <v>1529</v>
       </c>
       <c r="H412" t="s">
-        <v>1499</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1500</v>
+        <v>1531</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>298</v>
+        <v>99</v>
       </c>
       <c r="D413" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E413" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F413" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1501</v>
+        <v>1532</v>
       </c>
       <c r="H413" t="s">
-        <v>1502</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1503</v>
+        <v>1534</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>302</v>
+        <v>103</v>
       </c>
       <c r="D414" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E414" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F414" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1504</v>
+        <v>1535</v>
       </c>
       <c r="H414" t="s">
-        <v>1505</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1506</v>
+        <v>1537</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>306</v>
+        <v>107</v>
       </c>
       <c r="D415" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E415" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F415" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1507</v>
+        <v>1538</v>
       </c>
       <c r="H415" t="s">
-        <v>1508</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1509</v>
+        <v>1540</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>311</v>
+        <v>111</v>
       </c>
       <c r="D416" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E416" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F416" t="s">
-        <v>370</v>
+        <v>1541</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1510</v>
+        <v>1542</v>
       </c>
       <c r="H416" t="s">
-        <v>1511</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1512</v>
+        <v>1544</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>316</v>
+        <v>116</v>
       </c>
       <c r="D417" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E417" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F417" t="s">
-        <v>370</v>
+        <v>26</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1513</v>
+        <v>1545</v>
       </c>
       <c r="H417" t="s">
-        <v>1514</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1515</v>
+        <v>1547</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>320</v>
+        <v>120</v>
       </c>
       <c r="D418" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E418" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F418" t="s">
         <v>149</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1516</v>
+        <v>1548</v>
       </c>
       <c r="H418" t="s">
-        <v>1517</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1518</v>
+        <v>1550</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>324</v>
+        <v>125</v>
       </c>
       <c r="D419" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E419" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F419" t="s">
         <v>149</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1519</v>
+        <v>1551</v>
       </c>
       <c r="H419" t="s">
-        <v>1520</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1521</v>
+        <v>1553</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>328</v>
+        <v>130</v>
       </c>
       <c r="D420" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E420" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F420" t="s">
-        <v>187</v>
+        <v>140</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1522</v>
+        <v>1554</v>
       </c>
       <c r="H420" t="s">
-        <v>1523</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1524</v>
+        <v>1556</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>332</v>
+        <v>135</v>
       </c>
       <c r="D421" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E421" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F421" t="s">
-        <v>187</v>
+        <v>370</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1525</v>
+        <v>1557</v>
       </c>
       <c r="H421" t="s">
-        <v>1526</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1527</v>
+        <v>1559</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>336</v>
+        <v>139</v>
       </c>
       <c r="D422" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E422" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F422" t="s">
-        <v>140</v>
+        <v>39</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1528</v>
+        <v>1560</v>
       </c>
       <c r="H422" t="s">
-        <v>1529</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1530</v>
+        <v>1562</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>340</v>
+        <v>144</v>
       </c>
       <c r="D423" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E423" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F423" t="s">
-        <v>349</v>
+        <v>39</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1531</v>
+        <v>1563</v>
       </c>
       <c r="H423" t="s">
-        <v>1532</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1533</v>
+        <v>1565</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>344</v>
+        <v>148</v>
       </c>
       <c r="D424" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E424" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F424" t="s">
-        <v>74</v>
+        <v>1097</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1534</v>
+        <v>1566</v>
       </c>
       <c r="H424" t="s">
-        <v>1535</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1536</v>
+        <v>1568</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>348</v>
+        <v>153</v>
       </c>
       <c r="D425" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E425" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F425" t="s">
-        <v>74</v>
+        <v>370</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1537</v>
+        <v>492</v>
       </c>
       <c r="H425" t="s">
-        <v>1538</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1539</v>
+        <v>1570</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>353</v>
+        <v>157</v>
       </c>
       <c r="D426" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E426" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F426" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1540</v>
+        <v>1571</v>
       </c>
       <c r="H426" t="s">
-        <v>1541</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1542</v>
+        <v>1573</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>357</v>
+        <v>161</v>
       </c>
       <c r="D427" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E427" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F427" t="s">
         <v>13</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1543</v>
+        <v>1574</v>
       </c>
       <c r="H427" t="s">
-        <v>1544</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1545</v>
+        <v>1576</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>361</v>
+        <v>165</v>
       </c>
       <c r="D428" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E428" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F428" t="s">
-        <v>1546</v>
+        <v>13</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1547</v>
+        <v>1577</v>
       </c>
       <c r="H428" t="s">
-        <v>1548</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1549</v>
+        <v>1579</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>365</v>
+        <v>169</v>
       </c>
       <c r="D429" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E429" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F429" t="s">
         <v>26</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1550</v>
+        <v>1580</v>
       </c>
       <c r="H429" t="s">
-        <v>1551</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1552</v>
+        <v>1582</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>369</v>
+        <v>173</v>
       </c>
       <c r="D430" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E430" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F430" t="s">
-        <v>370</v>
+        <v>74</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1553</v>
+        <v>1583</v>
       </c>
       <c r="H430" t="s">
-        <v>1554</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1555</v>
+        <v>1585</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>374</v>
+        <v>178</v>
       </c>
       <c r="D431" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E431" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F431" t="s">
-        <v>370</v>
+        <v>74</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1556</v>
+        <v>492</v>
       </c>
       <c r="H431" t="s">
-        <v>1557</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1558</v>
+        <v>1587</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>378</v>
+        <v>182</v>
       </c>
       <c r="D432" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E432" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F432" t="s">
-        <v>13</v>
+        <v>1588</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1559</v>
+        <v>1589</v>
       </c>
       <c r="H432" t="s">
-        <v>1560</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1561</v>
+        <v>1591</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>382</v>
+        <v>186</v>
       </c>
       <c r="D433" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E433" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F433" t="s">
-        <v>13</v>
+        <v>349</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1562</v>
+        <v>1592</v>
       </c>
       <c r="H433" t="s">
-        <v>1563</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1564</v>
+        <v>1594</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>386</v>
+        <v>191</v>
       </c>
       <c r="D434" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E434" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F434" t="s">
-        <v>39</v>
+        <v>140</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1565</v>
+        <v>1595</v>
       </c>
       <c r="H434" t="s">
-        <v>1566</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1567</v>
+        <v>1597</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>390</v>
+        <v>195</v>
       </c>
       <c r="D435" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E435" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F435" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1568</v>
+        <v>1598</v>
       </c>
       <c r="H435" t="s">
-        <v>1569</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1570</v>
+        <v>1600</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>395</v>
+        <v>199</v>
       </c>
       <c r="D436" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E436" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F436" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1571</v>
+        <v>1601</v>
       </c>
       <c r="H436" t="s">
-        <v>1572</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1573</v>
+        <v>1603</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>399</v>
+        <v>204</v>
       </c>
       <c r="D437" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E437" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F437" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1574</v>
+        <v>1604</v>
       </c>
       <c r="H437" t="s">
-        <v>1575</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1576</v>
+        <v>1606</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>403</v>
+        <v>208</v>
       </c>
       <c r="D438" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E438" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F438" t="s">
-        <v>149</v>
+        <v>370</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1577</v>
+        <v>1607</v>
       </c>
       <c r="H438" t="s">
-        <v>1578</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1579</v>
+        <v>1609</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>407</v>
+        <v>212</v>
       </c>
       <c r="D439" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E439" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F439" t="s">
         <v>149</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1580</v>
+        <v>1610</v>
       </c>
       <c r="H439" t="s">
-        <v>1581</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1582</v>
+        <v>1612</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>411</v>
+        <v>216</v>
       </c>
       <c r="D440" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E440" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F440" t="s">
-        <v>187</v>
+        <v>149</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1583</v>
+        <v>1613</v>
       </c>
       <c r="H440" t="s">
-        <v>1584</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1585</v>
+        <v>1615</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>415</v>
+        <v>221</v>
       </c>
       <c r="D441" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E441" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F441" t="s">
-        <v>187</v>
+        <v>1616</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1586</v>
+        <v>1617</v>
       </c>
       <c r="H441" t="s">
-        <v>1587</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1588</v>
+        <v>1619</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>419</v>
+        <v>225</v>
       </c>
       <c r="D442" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E442" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F442" t="s">
-        <v>1268</v>
+        <v>13</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1589</v>
+        <v>1620</v>
       </c>
       <c r="H442" t="s">
-        <v>1590</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1591</v>
+        <v>1622</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>423</v>
+        <v>229</v>
       </c>
       <c r="D443" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E443" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F443" t="s">
-        <v>370</v>
+        <v>13</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1592</v>
+        <v>1623</v>
       </c>
       <c r="H443" t="s">
-        <v>1593</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1594</v>
+        <v>1625</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>427</v>
+        <v>233</v>
       </c>
       <c r="D444" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E444" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F444" t="s">
-        <v>370</v>
+        <v>74</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1595</v>
+        <v>1626</v>
       </c>
       <c r="H444" t="s">
-        <v>1596</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1597</v>
+        <v>1628</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>431</v>
+        <v>237</v>
       </c>
       <c r="D445" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E445" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F445" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1598</v>
+        <v>1629</v>
       </c>
       <c r="H445" t="s">
-        <v>1599</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1600</v>
+        <v>1631</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>435</v>
+        <v>241</v>
       </c>
       <c r="D446" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E446" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F446" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1601</v>
+        <v>1632</v>
       </c>
       <c r="H446" t="s">
-        <v>1602</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1603</v>
+        <v>1634</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>439</v>
+        <v>246</v>
       </c>
       <c r="D447" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E447" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F447" t="s">
         <v>26</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1604</v>
+        <v>1635</v>
       </c>
       <c r="H447" t="s">
-        <v>1605</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1606</v>
+        <v>1637</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>443</v>
+        <v>251</v>
       </c>
       <c r="D448" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E448" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F448" t="s">
         <v>26</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1607</v>
+        <v>1638</v>
       </c>
       <c r="H448" t="s">
-        <v>1608</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1609</v>
+        <v>1640</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>447</v>
+        <v>256</v>
       </c>
       <c r="D449" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E449" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F449" t="s">
-        <v>74</v>
+        <v>370</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1610</v>
+        <v>1641</v>
       </c>
       <c r="H449" t="s">
-        <v>1611</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1612</v>
+        <v>1643</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>451</v>
+        <v>261</v>
       </c>
       <c r="D450" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E450" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F450" t="s">
-        <v>74</v>
+        <v>370</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1613</v>
+        <v>1644</v>
       </c>
       <c r="H450" t="s">
-        <v>1614</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1615</v>
+        <v>1646</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>455</v>
+        <v>265</v>
       </c>
       <c r="D451" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E451" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F451" t="s">
-        <v>187</v>
+        <v>149</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1616</v>
+        <v>1647</v>
       </c>
       <c r="H451" t="s">
-        <v>1617</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1618</v>
+        <v>1649</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>459</v>
+        <v>270</v>
       </c>
       <c r="D452" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E452" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F452" t="s">
-        <v>187</v>
+        <v>149</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1619</v>
+        <v>1650</v>
       </c>
       <c r="H452" t="s">
-        <v>1620</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1621</v>
+        <v>1652</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>463</v>
+        <v>274</v>
       </c>
       <c r="D453" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E453" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F453" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1622</v>
+        <v>1653</v>
       </c>
       <c r="H453" t="s">
-        <v>1623</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1624</v>
+        <v>1655</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>467</v>
+        <v>278</v>
       </c>
       <c r="D454" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E454" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F454" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1625</v>
+        <v>1656</v>
       </c>
       <c r="H454" t="s">
-        <v>1626</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1627</v>
+        <v>1658</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>471</v>
+        <v>282</v>
       </c>
       <c r="D455" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E455" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F455" t="s">
-        <v>1268</v>
+        <v>74</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1628</v>
+        <v>1659</v>
       </c>
       <c r="H455" t="s">
-        <v>1629</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1630</v>
+        <v>1661</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>475</v>
+        <v>286</v>
       </c>
       <c r="D456" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E456" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F456" t="s">
-        <v>187</v>
+        <v>13</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1631</v>
+        <v>1662</v>
       </c>
       <c r="H456" t="s">
-        <v>1632</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1633</v>
+        <v>1664</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>479</v>
+        <v>290</v>
       </c>
       <c r="D457" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E457" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F457" t="s">
-        <v>187</v>
+        <v>13</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>492</v>
+        <v>1665</v>
       </c>
       <c r="H457" t="s">
-        <v>1634</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1635</v>
+        <v>1667</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>483</v>
+        <v>294</v>
       </c>
       <c r="D458" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E458" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F458" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1636</v>
+        <v>1668</v>
       </c>
       <c r="H458" t="s">
-        <v>1637</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1638</v>
+        <v>1670</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>487</v>
+        <v>298</v>
       </c>
       <c r="D459" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E459" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F459" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1639</v>
+        <v>1671</v>
       </c>
       <c r="H459" t="s">
-        <v>1640</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1641</v>
+        <v>1673</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>491</v>
+        <v>302</v>
       </c>
       <c r="D460" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E460" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F460" t="s">
-        <v>370</v>
+        <v>39</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1642</v>
+        <v>1674</v>
       </c>
       <c r="H460" t="s">
-        <v>1643</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1644</v>
+        <v>1676</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>495</v>
+        <v>306</v>
       </c>
       <c r="D461" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E461" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F461" t="s">
-        <v>370</v>
+        <v>39</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1645</v>
+        <v>1677</v>
       </c>
       <c r="H461" t="s">
-        <v>1646</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1647</v>
+        <v>1679</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>499</v>
+        <v>311</v>
       </c>
       <c r="D462" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E462" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F462" t="s">
-        <v>140</v>
+        <v>370</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1648</v>
+        <v>1680</v>
       </c>
       <c r="H462" t="s">
-        <v>1649</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1650</v>
+        <v>1682</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>503</v>
+        <v>316</v>
       </c>
       <c r="D463" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E463" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F463" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1651</v>
+        <v>1683</v>
       </c>
       <c r="H463" t="s">
-        <v>1652</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1653</v>
+        <v>1685</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>507</v>
+        <v>320</v>
       </c>
       <c r="D464" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E464" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F464" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1654</v>
+        <v>1686</v>
       </c>
       <c r="H464" t="s">
-        <v>1655</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1656</v>
+        <v>1688</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>511</v>
+        <v>324</v>
       </c>
       <c r="D465" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E465" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F465" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1657</v>
+        <v>1689</v>
       </c>
       <c r="H465" t="s">
-        <v>1658</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1659</v>
+        <v>1691</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>515</v>
+        <v>328</v>
       </c>
       <c r="D466" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E466" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F466" t="s">
-        <v>74</v>
+        <v>187</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>492</v>
+        <v>1692</v>
       </c>
       <c r="H466" t="s">
-        <v>1660</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1661</v>
+        <v>1694</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>519</v>
+        <v>332</v>
       </c>
       <c r="D467" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E467" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F467" t="s">
-        <v>149</v>
+        <v>187</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1662</v>
+        <v>1695</v>
       </c>
       <c r="H467" t="s">
-        <v>1663</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1664</v>
+        <v>1697</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>523</v>
+        <v>336</v>
       </c>
       <c r="D468" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E468" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F468" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1665</v>
+        <v>1698</v>
       </c>
       <c r="H468" t="s">
-        <v>1666</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1667</v>
+        <v>1700</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>527</v>
+        <v>340</v>
       </c>
       <c r="D469" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E469" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F469" t="s">
-        <v>370</v>
+        <v>349</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1668</v>
+        <v>1701</v>
       </c>
       <c r="H469" t="s">
-        <v>1669</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1670</v>
+        <v>1703</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>531</v>
+        <v>344</v>
       </c>
       <c r="D470" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E470" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F470" t="s">
-        <v>370</v>
+        <v>74</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1671</v>
+        <v>1704</v>
       </c>
       <c r="H470" t="s">
-        <v>1672</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1673</v>
+        <v>1706</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>535</v>
+        <v>348</v>
       </c>
       <c r="D471" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E471" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F471" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1674</v>
+        <v>1707</v>
       </c>
       <c r="H471" t="s">
-        <v>1675</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1676</v>
+        <v>1709</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>539</v>
+        <v>353</v>
       </c>
       <c r="D472" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E472" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F472" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1677</v>
+        <v>1710</v>
       </c>
       <c r="H472" t="s">
-        <v>1678</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1679</v>
+        <v>1712</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>543</v>
+        <v>357</v>
       </c>
       <c r="D473" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E473" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F473" t="s">
-        <v>140</v>
+        <v>13</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1680</v>
+        <v>1713</v>
       </c>
       <c r="H473" t="s">
-        <v>1681</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1682</v>
+        <v>1715</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>547</v>
+        <v>361</v>
       </c>
       <c r="D474" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E474" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F474" t="s">
-        <v>140</v>
+        <v>1716</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1683</v>
+        <v>1717</v>
       </c>
       <c r="H474" t="s">
-        <v>1684</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1685</v>
+        <v>1719</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>551</v>
+        <v>365</v>
       </c>
       <c r="D475" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E475" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F475" t="s">
-        <v>187</v>
+        <v>26</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1686</v>
+        <v>1720</v>
       </c>
       <c r="H475" t="s">
-        <v>1687</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1688</v>
+        <v>1722</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>555</v>
+        <v>369</v>
       </c>
       <c r="D476" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E476" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F476" t="s">
-        <v>187</v>
+        <v>370</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1689</v>
+        <v>1723</v>
       </c>
       <c r="H476" t="s">
-        <v>1690</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1691</v>
+        <v>1725</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>559</v>
+        <v>374</v>
       </c>
       <c r="D477" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E477" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F477" t="s">
-        <v>39</v>
+        <v>370</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1692</v>
+        <v>1726</v>
       </c>
       <c r="H477" t="s">
-        <v>1693</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1694</v>
+        <v>1728</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>563</v>
+        <v>378</v>
       </c>
       <c r="D478" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E478" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F478" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1695</v>
+        <v>1729</v>
       </c>
       <c r="H478" t="s">
-        <v>1696</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1697</v>
+        <v>1731</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>568</v>
+        <v>382</v>
       </c>
       <c r="D479" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E479" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F479" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1698</v>
+        <v>1732</v>
       </c>
       <c r="H479" t="s">
-        <v>1699</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1700</v>
+        <v>1734</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>571</v>
+        <v>386</v>
       </c>
       <c r="D480" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E480" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F480" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1701</v>
+        <v>1735</v>
       </c>
       <c r="H480" t="s">
-        <v>1702</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1703</v>
+        <v>1737</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>575</v>
+        <v>390</v>
       </c>
       <c r="D481" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E481" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F481" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1704</v>
+        <v>1738</v>
       </c>
       <c r="H481" t="s">
-        <v>1705</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1706</v>
+        <v>1740</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>579</v>
+        <v>395</v>
       </c>
       <c r="D482" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E482" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F482" t="s">
         <v>74</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1707</v>
+        <v>1741</v>
       </c>
       <c r="H482" t="s">
-        <v>1708</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1709</v>
+        <v>1743</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>583</v>
+        <v>399</v>
       </c>
       <c r="D483" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E483" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F483" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1710</v>
+        <v>1744</v>
       </c>
       <c r="H483" t="s">
-        <v>1711</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1712</v>
+        <v>1746</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>587</v>
+        <v>403</v>
       </c>
       <c r="D484" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E484" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F484" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1713</v>
+        <v>1747</v>
       </c>
       <c r="H484" t="s">
-        <v>1714</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1715</v>
+        <v>1749</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>591</v>
+        <v>407</v>
       </c>
       <c r="D485" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E485" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F485" t="s">
-        <v>1268</v>
+        <v>149</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1716</v>
+        <v>1750</v>
       </c>
       <c r="H485" t="s">
-        <v>1717</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1718</v>
+        <v>1752</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>595</v>
+        <v>411</v>
       </c>
       <c r="D486" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E486" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F486" t="s">
-        <v>1268</v>
+        <v>187</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1719</v>
+        <v>1753</v>
       </c>
       <c r="H486" t="s">
-        <v>1720</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1721</v>
+        <v>1755</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>599</v>
+        <v>415</v>
       </c>
       <c r="D487" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E487" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F487" t="s">
-        <v>26</v>
+        <v>187</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1722</v>
+        <v>1756</v>
       </c>
       <c r="H487" t="s">
-        <v>1723</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1724</v>
+        <v>1758</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>603</v>
+        <v>419</v>
       </c>
       <c r="D488" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E488" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F488" t="s">
-        <v>26</v>
+        <v>1438</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1725</v>
+        <v>1759</v>
       </c>
       <c r="H488" t="s">
-        <v>1726</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1727</v>
+        <v>1761</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>607</v>
+        <v>423</v>
       </c>
       <c r="D489" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E489" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F489" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1728</v>
+        <v>1762</v>
       </c>
       <c r="H489" t="s">
-        <v>1729</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1730</v>
+        <v>1764</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>612</v>
+        <v>427</v>
       </c>
       <c r="D490" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E490" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F490" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1731</v>
+        <v>1765</v>
       </c>
       <c r="H490" t="s">
-        <v>1732</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1733</v>
+        <v>1767</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>617</v>
+        <v>431</v>
       </c>
       <c r="D491" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E491" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F491" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1734</v>
+        <v>1768</v>
       </c>
       <c r="H491" t="s">
-        <v>1735</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1736</v>
+        <v>1770</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>621</v>
+        <v>435</v>
       </c>
       <c r="D492" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E492" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F492" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1737</v>
+        <v>1771</v>
       </c>
       <c r="H492" t="s">
-        <v>1738</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1739</v>
+        <v>1773</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>625</v>
+        <v>439</v>
       </c>
       <c r="D493" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E493" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F493" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1740</v>
+        <v>1774</v>
       </c>
       <c r="H493" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1742</v>
+        <v>1776</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>629</v>
+        <v>443</v>
       </c>
       <c r="D494" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E494" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F494" t="s">
-        <v>370</v>
+        <v>26</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1743</v>
+        <v>1777</v>
       </c>
       <c r="H494" t="s">
-        <v>1744</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1745</v>
+        <v>1779</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>633</v>
+        <v>447</v>
       </c>
       <c r="D495" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E495" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F495" t="s">
-        <v>370</v>
+        <v>74</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1746</v>
+        <v>1780</v>
       </c>
       <c r="H495" t="s">
-        <v>1747</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1748</v>
+        <v>1782</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>637</v>
+        <v>451</v>
       </c>
       <c r="D496" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E496" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F496" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1749</v>
+        <v>1783</v>
       </c>
       <c r="H496" t="s">
-        <v>1750</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1751</v>
+        <v>1785</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>641</v>
+        <v>455</v>
       </c>
       <c r="D497" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E497" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F497" t="s">
-        <v>39</v>
+        <v>187</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1752</v>
+        <v>1786</v>
       </c>
       <c r="H497" t="s">
-        <v>1753</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1754</v>
+        <v>1788</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>646</v>
+        <v>459</v>
       </c>
       <c r="D498" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E498" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F498" t="s">
-        <v>140</v>
+        <v>187</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1755</v>
+        <v>1789</v>
       </c>
       <c r="H498" t="s">
-        <v>1756</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1757</v>
+        <v>1791</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>650</v>
+        <v>463</v>
       </c>
       <c r="D499" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E499" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F499" t="s">
-        <v>307</v>
+        <v>13</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1758</v>
+        <v>1792</v>
       </c>
       <c r="H499" t="s">
-        <v>1759</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1760</v>
+        <v>1794</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>655</v>
+        <v>467</v>
       </c>
       <c r="D500" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E500" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F500" t="s">
-        <v>187</v>
+        <v>13</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1761</v>
+        <v>1795</v>
       </c>
       <c r="H500" t="s">
-        <v>1762</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1763</v>
+        <v>1797</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>659</v>
+        <v>471</v>
       </c>
       <c r="D501" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E501" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F501" t="s">
-        <v>39</v>
+        <v>1438</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1764</v>
+        <v>1798</v>
       </c>
       <c r="H501" t="s">
-        <v>1765</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1766</v>
+        <v>1800</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>663</v>
+        <v>475</v>
       </c>
       <c r="D502" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E502" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F502" t="s">
-        <v>39</v>
+        <v>187</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1767</v>
+        <v>1801</v>
       </c>
       <c r="H502" t="s">
-        <v>1768</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1769</v>
+        <v>1803</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>667</v>
+        <v>479</v>
       </c>
       <c r="D503" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E503" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F503" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1770</v>
+        <v>492</v>
       </c>
       <c r="H503" t="s">
-        <v>1771</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1772</v>
+        <v>1805</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>670</v>
+        <v>483</v>
       </c>
       <c r="D504" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E504" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F504" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1773</v>
+        <v>1806</v>
       </c>
       <c r="H504" t="s">
-        <v>1774</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1775</v>
+        <v>1808</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>674</v>
+        <v>487</v>
       </c>
       <c r="D505" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E505" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F505" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1776</v>
+        <v>1809</v>
       </c>
       <c r="H505" t="s">
-        <v>1777</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1778</v>
+        <v>1811</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>678</v>
+        <v>491</v>
       </c>
       <c r="D506" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E506" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F506" t="s">
-        <v>74</v>
+        <v>370</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1779</v>
+        <v>1812</v>
       </c>
       <c r="H506" t="s">
-        <v>1780</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1781</v>
+        <v>1814</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>682</v>
+        <v>495</v>
       </c>
       <c r="D507" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E507" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F507" t="s">
         <v>370</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>492</v>
+        <v>1815</v>
       </c>
       <c r="H507" t="s">
-        <v>1782</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1783</v>
+        <v>1817</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>685</v>
+        <v>499</v>
       </c>
       <c r="D508" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E508" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F508" t="s">
-        <v>370</v>
+        <v>140</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1784</v>
+        <v>1818</v>
       </c>
       <c r="H508" t="s">
-        <v>1785</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1786</v>
+        <v>1820</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>689</v>
+        <v>503</v>
       </c>
       <c r="D509" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E509" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F509" t="s">
-        <v>370</v>
+        <v>13</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1787</v>
+        <v>1821</v>
       </c>
       <c r="H509" t="s">
-        <v>1788</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1789</v>
+        <v>1823</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>692</v>
+        <v>507</v>
       </c>
       <c r="D510" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E510" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F510" t="s">
-        <v>370</v>
+        <v>13</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1790</v>
+        <v>1824</v>
       </c>
       <c r="H510" t="s">
-        <v>1791</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1792</v>
+        <v>1826</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>696</v>
+        <v>511</v>
       </c>
       <c r="D511" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E511" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F511" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1793</v>
+        <v>1827</v>
       </c>
       <c r="H511" t="s">
-        <v>1794</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1795</v>
+        <v>1829</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>700</v>
+        <v>515</v>
       </c>
       <c r="D512" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E512" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F512" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1796</v>
+        <v>492</v>
       </c>
       <c r="H512" t="s">
-        <v>1797</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1798</v>
+        <v>1831</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>704</v>
+        <v>519</v>
       </c>
       <c r="D513" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E513" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F513" t="s">
-        <v>39</v>
+        <v>149</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1799</v>
+        <v>1832</v>
       </c>
       <c r="H513" t="s">
-        <v>1800</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>708</v>
+        <v>523</v>
       </c>
       <c r="D514" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E514" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F514" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1802</v>
+        <v>1835</v>
       </c>
       <c r="H514" t="s">
-        <v>1803</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1804</v>
+        <v>1837</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>712</v>
+        <v>527</v>
       </c>
       <c r="D515" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E515" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F515" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1805</v>
+        <v>1838</v>
       </c>
       <c r="H515" t="s">
-        <v>1806</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1807</v>
+        <v>1840</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>716</v>
+        <v>531</v>
       </c>
       <c r="D516" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E516" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F516" t="s">
-        <v>187</v>
+        <v>370</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1808</v>
+        <v>1841</v>
       </c>
       <c r="H516" t="s">
-        <v>1809</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1810</v>
+        <v>1843</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>720</v>
+        <v>535</v>
       </c>
       <c r="D517" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E517" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F517" t="s">
-        <v>187</v>
+        <v>26</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1811</v>
+        <v>1844</v>
       </c>
       <c r="H517" t="s">
-        <v>1812</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1813</v>
+        <v>1846</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>724</v>
+        <v>539</v>
       </c>
       <c r="D518" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E518" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F518" t="s">
-        <v>149</v>
+        <v>26</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1814</v>
+        <v>1847</v>
       </c>
       <c r="H518" t="s">
-        <v>1815</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1816</v>
+        <v>1849</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>728</v>
+        <v>543</v>
       </c>
       <c r="D519" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E519" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F519" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1817</v>
+        <v>1850</v>
       </c>
       <c r="H519" t="s">
-        <v>1818</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1819</v>
+        <v>1852</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>732</v>
+        <v>547</v>
       </c>
       <c r="D520" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E520" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F520" t="s">
-        <v>74</v>
+        <v>140</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1820</v>
+        <v>1853</v>
       </c>
       <c r="H520" t="s">
-        <v>1821</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1822</v>
+        <v>1855</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>736</v>
+        <v>551</v>
       </c>
       <c r="D521" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E521" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F521" t="s">
-        <v>74</v>
+        <v>187</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1823</v>
+        <v>1856</v>
       </c>
       <c r="H521" t="s">
-        <v>1824</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1825</v>
+        <v>1858</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>740</v>
+        <v>555</v>
       </c>
       <c r="D522" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E522" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F522" t="s">
-        <v>370</v>
+        <v>187</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1826</v>
+        <v>1859</v>
       </c>
       <c r="H522" t="s">
-        <v>1827</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1828</v>
+        <v>1861</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>744</v>
+        <v>559</v>
       </c>
       <c r="D523" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E523" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F523" t="s">
-        <v>370</v>
+        <v>39</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1829</v>
+        <v>1862</v>
       </c>
       <c r="H523" t="s">
-        <v>1830</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1831</v>
+        <v>1864</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>748</v>
+        <v>563</v>
       </c>
       <c r="D524" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E524" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F524" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1832</v>
+        <v>1865</v>
       </c>
       <c r="H524" t="s">
-        <v>1833</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1834</v>
+        <v>1867</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>752</v>
+        <v>568</v>
       </c>
       <c r="D525" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E525" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F525" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1835</v>
+        <v>1868</v>
       </c>
       <c r="H525" t="s">
-        <v>1836</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1837</v>
+        <v>1870</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>756</v>
+        <v>571</v>
       </c>
       <c r="D526" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E526" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F526" t="s">
-        <v>187</v>
+        <v>149</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1838</v>
+        <v>1871</v>
       </c>
       <c r="H526" t="s">
-        <v>1839</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1840</v>
+        <v>1873</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>760</v>
+        <v>575</v>
       </c>
       <c r="D527" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E527" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F527" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1841</v>
+        <v>1874</v>
       </c>
       <c r="H527" t="s">
-        <v>1842</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1843</v>
+        <v>1876</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>764</v>
+        <v>579</v>
       </c>
       <c r="D528" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E528" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F528" t="s">
-        <v>867</v>
+        <v>74</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1844</v>
+        <v>1877</v>
       </c>
       <c r="H528" t="s">
-        <v>1845</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1846</v>
+        <v>1879</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>768</v>
+        <v>583</v>
       </c>
       <c r="D529" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E529" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F529" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1847</v>
+        <v>1880</v>
       </c>
       <c r="H529" t="s">
-        <v>1848</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1849</v>
+        <v>1882</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>772</v>
+        <v>587</v>
       </c>
       <c r="D530" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E530" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F530" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1850</v>
+        <v>1883</v>
       </c>
       <c r="H530" t="s">
-        <v>1851</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1852</v>
+        <v>1885</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>777</v>
+        <v>591</v>
       </c>
       <c r="D531" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E531" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F531" t="s">
-        <v>39</v>
+        <v>1438</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1853</v>
+        <v>1886</v>
       </c>
       <c r="H531" t="s">
-        <v>1854</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1855</v>
+        <v>1888</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>781</v>
+        <v>595</v>
       </c>
       <c r="D532" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E532" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F532" t="s">
-        <v>862</v>
+        <v>1438</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1856</v>
+        <v>1889</v>
       </c>
       <c r="H532" t="s">
-        <v>1857</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1858</v>
+        <v>1891</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>785</v>
+        <v>599</v>
       </c>
       <c r="D533" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E533" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F533" t="s">
-        <v>370</v>
+        <v>26</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1859</v>
+        <v>1892</v>
       </c>
       <c r="H533" t="s">
-        <v>1860</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>789</v>
+        <v>603</v>
       </c>
       <c r="D534" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E534" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F534" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1862</v>
+        <v>1895</v>
       </c>
       <c r="H534" t="s">
-        <v>1863</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1864</v>
+        <v>1897</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>793</v>
+        <v>607</v>
       </c>
       <c r="D535" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E535" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F535" t="s">
-        <v>140</v>
+        <v>13</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1865</v>
+        <v>1898</v>
       </c>
       <c r="H535" t="s">
-        <v>1866</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1867</v>
+        <v>1900</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>797</v>
+        <v>612</v>
       </c>
       <c r="D536" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E536" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F536" t="s">
         <v>13</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1868</v>
+        <v>1901</v>
       </c>
       <c r="H536" t="s">
-        <v>1869</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1870</v>
+        <v>1903</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>801</v>
+        <v>617</v>
       </c>
       <c r="D537" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E537" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F537" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1871</v>
+        <v>1904</v>
       </c>
       <c r="H537" t="s">
-        <v>1872</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1873</v>
+        <v>1906</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>805</v>
+        <v>621</v>
       </c>
       <c r="D538" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E538" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F538" t="s">
         <v>74</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1874</v>
+        <v>1907</v>
       </c>
       <c r="H538" t="s">
-        <v>1875</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1876</v>
+        <v>1909</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>809</v>
+        <v>625</v>
       </c>
       <c r="D539" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E539" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F539" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1877</v>
+        <v>1910</v>
       </c>
       <c r="H539" t="s">
-        <v>1878</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1879</v>
+        <v>1912</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>813</v>
+        <v>629</v>
       </c>
       <c r="D540" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E540" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F540" t="s">
         <v>370</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1880</v>
+        <v>1913</v>
       </c>
       <c r="H540" t="s">
-        <v>1881</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1882</v>
+        <v>1915</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>817</v>
+        <v>633</v>
       </c>
       <c r="D541" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E541" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F541" t="s">
         <v>370</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1883</v>
+        <v>1916</v>
       </c>
       <c r="H541" t="s">
-        <v>1884</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1885</v>
+        <v>1918</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>821</v>
+        <v>637</v>
       </c>
       <c r="D542" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E542" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F542" t="s">
         <v>39</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1886</v>
+        <v>1919</v>
       </c>
       <c r="H542" t="s">
-        <v>1887</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1888</v>
+        <v>1921</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>825</v>
+        <v>641</v>
       </c>
       <c r="D543" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E543" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F543" t="s">
         <v>39</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1889</v>
+        <v>1922</v>
       </c>
       <c r="H543" t="s">
-        <v>1890</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1891</v>
+        <v>1924</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>829</v>
+        <v>646</v>
       </c>
       <c r="D544" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E544" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F544" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1892</v>
+        <v>1925</v>
       </c>
       <c r="H544" t="s">
-        <v>1893</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1894</v>
+        <v>1927</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>833</v>
+        <v>650</v>
       </c>
       <c r="D545" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E545" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F545" t="s">
-        <v>13</v>
+        <v>307</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1895</v>
+        <v>1928</v>
       </c>
       <c r="H545" t="s">
-        <v>1896</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1897</v>
+        <v>1930</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>837</v>
+        <v>655</v>
       </c>
       <c r="D546" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E546" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F546" t="s">
-        <v>74</v>
+        <v>187</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1898</v>
+        <v>1931</v>
       </c>
       <c r="H546" t="s">
-        <v>1899</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1900</v>
+        <v>1933</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>841</v>
+        <v>659</v>
       </c>
       <c r="D547" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E547" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F547" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1901</v>
+        <v>1934</v>
       </c>
       <c r="H547" t="s">
-        <v>1902</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1903</v>
+        <v>1936</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>845</v>
+        <v>663</v>
       </c>
       <c r="D548" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E548" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F548" t="s">
-        <v>140</v>
+        <v>39</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1904</v>
+        <v>1937</v>
       </c>
       <c r="H548" t="s">
-        <v>1905</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1906</v>
+        <v>1939</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>849</v>
+        <v>667</v>
       </c>
       <c r="D549" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E549" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F549" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1907</v>
+        <v>1940</v>
       </c>
       <c r="H549" t="s">
-        <v>1908</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1909</v>
+        <v>1942</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>853</v>
+        <v>670</v>
       </c>
       <c r="D550" t="s">
-        <v>1299</v>
+        <v>1469</v>
       </c>
       <c r="E550" t="s">
-        <v>1300</v>
+        <v>1470</v>
       </c>
       <c r="F550" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1910</v>
+        <v>1943</v>
       </c>
       <c r="H550" t="s">
-        <v>1911</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1912</v>
+        <v>1945</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>10</v>
+        <v>674</v>
       </c>
       <c r="D551" t="s">
-        <v>1913</v>
+        <v>1469</v>
       </c>
       <c r="E551" t="s">
-        <v>1914</v>
+        <v>1470</v>
+      </c>
+      <c r="F551" t="s">
+        <v>74</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1915</v>
+        <v>1946</v>
       </c>
       <c r="H551" t="s">
-        <v>1916</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1917</v>
+        <v>1948</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>17</v>
+        <v>678</v>
       </c>
       <c r="D552" t="s">
-        <v>1913</v>
+        <v>1469</v>
       </c>
       <c r="E552" t="s">
-        <v>1914</v>
+        <v>1470</v>
       </c>
       <c r="F552" t="s">
-        <v>1077</v>
+        <v>74</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1918</v>
+        <v>1949</v>
       </c>
       <c r="H552" t="s">
-        <v>1919</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>1920</v>
+        <v>1951</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>21</v>
+        <v>682</v>
       </c>
       <c r="D553" t="s">
-        <v>1913</v>
+        <v>1469</v>
       </c>
       <c r="E553" t="s">
-        <v>1914</v>
+        <v>1470</v>
       </c>
       <c r="F553" t="s">
-        <v>1077</v>
+        <v>370</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1921</v>
+        <v>492</v>
       </c>
       <c r="H553" t="s">
-        <v>1922</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>1923</v>
+        <v>1953</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>25</v>
+        <v>685</v>
       </c>
       <c r="D554" t="s">
-        <v>1913</v>
+        <v>1469</v>
       </c>
       <c r="E554" t="s">
-        <v>1914</v>
+        <v>1470</v>
       </c>
       <c r="F554" t="s">
-        <v>1077</v>
+        <v>370</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1924</v>
+        <v>1954</v>
       </c>
       <c r="H554" t="s">
-        <v>1925</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1926</v>
+        <v>1956</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>30</v>
+        <v>689</v>
       </c>
       <c r="D555" t="s">
-        <v>1913</v>
+        <v>1469</v>
       </c>
       <c r="E555" t="s">
-        <v>1914</v>
+        <v>1470</v>
       </c>
       <c r="F555" t="s">
-        <v>1077</v>
+        <v>370</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1927</v>
+        <v>1957</v>
       </c>
       <c r="H555" t="s">
-        <v>1928</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>1929</v>
+        <v>1959</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>34</v>
+        <v>692</v>
       </c>
       <c r="D556" t="s">
-        <v>1913</v>
+        <v>1469</v>
       </c>
       <c r="E556" t="s">
-        <v>1914</v>
+        <v>1470</v>
       </c>
       <c r="F556" t="s">
-        <v>1077</v>
+        <v>370</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1930</v>
+        <v>1960</v>
       </c>
       <c r="H556" t="s">
-        <v>1931</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>1932</v>
+        <v>1962</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>38</v>
+        <v>696</v>
       </c>
       <c r="D557" t="s">
-        <v>1913</v>
+        <v>1469</v>
       </c>
       <c r="E557" t="s">
-        <v>1914</v>
+        <v>1470</v>
       </c>
       <c r="F557" t="s">
-        <v>1077</v>
+        <v>140</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1933</v>
+        <v>1963</v>
       </c>
       <c r="H557" t="s">
-        <v>1934</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>1935</v>
+        <v>1965</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>43</v>
+        <v>700</v>
       </c>
       <c r="D558" t="s">
-        <v>1913</v>
+        <v>1469</v>
       </c>
       <c r="E558" t="s">
-        <v>1914</v>
+        <v>1470</v>
       </c>
       <c r="F558" t="s">
-        <v>1077</v>
+        <v>140</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1936</v>
+        <v>1966</v>
       </c>
       <c r="H558" t="s">
-        <v>1937</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>1938</v>
+        <v>1968</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>47</v>
+        <v>704</v>
       </c>
       <c r="D559" t="s">
-        <v>1913</v>
+        <v>1469</v>
       </c>
       <c r="E559" t="s">
-        <v>1914</v>
+        <v>1470</v>
       </c>
       <c r="F559" t="s">
-        <v>1077</v>
+        <v>39</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1939</v>
+        <v>1969</v>
       </c>
       <c r="H559" t="s">
-        <v>1940</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>1941</v>
+        <v>1971</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>51</v>
+        <v>708</v>
       </c>
       <c r="D560" t="s">
-        <v>1913</v>
+        <v>1469</v>
       </c>
       <c r="E560" t="s">
-        <v>1914</v>
+        <v>1470</v>
       </c>
       <c r="F560" t="s">
-        <v>1077</v>
+        <v>13</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1942</v>
+        <v>1972</v>
       </c>
       <c r="H560" t="s">
-        <v>1943</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1944</v>
+        <v>1974</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>10</v>
+        <v>712</v>
       </c>
       <c r="D561" t="s">
-        <v>1945</v>
+        <v>1469</v>
       </c>
       <c r="E561" t="s">
-        <v>1946</v>
+        <v>1470</v>
       </c>
       <c r="F561" t="s">
-        <v>901</v>
+        <v>13</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1947</v>
+        <v>1975</v>
       </c>
       <c r="H561" t="s">
-        <v>1948</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1949</v>
+        <v>1977</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>17</v>
+        <v>716</v>
       </c>
       <c r="D562" t="s">
-        <v>1945</v>
+        <v>1469</v>
       </c>
       <c r="E562" t="s">
-        <v>1946</v>
+        <v>1470</v>
       </c>
       <c r="F562" t="s">
-        <v>901</v>
+        <v>187</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1950</v>
+        <v>1978</v>
       </c>
       <c r="H562" t="s">
-        <v>1951</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1952</v>
+        <v>1980</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>17</v>
+        <v>720</v>
       </c>
       <c r="D563" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E563" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F563" t="s">
-        <v>901</v>
+        <v>187</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1955</v>
+        <v>1981</v>
       </c>
       <c r="H563" t="s">
-        <v>1956</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1957</v>
+        <v>1983</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>21</v>
+        <v>724</v>
       </c>
       <c r="D564" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E564" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F564" t="s">
-        <v>901</v>
+        <v>149</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1958</v>
+        <v>1984</v>
       </c>
       <c r="H564" t="s">
-        <v>1959</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>1960</v>
+        <v>1986</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>25</v>
+        <v>728</v>
       </c>
       <c r="D565" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E565" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F565" t="s">
-        <v>901</v>
+        <v>149</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1961</v>
+        <v>1987</v>
       </c>
       <c r="H565" t="s">
-        <v>1962</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>1963</v>
+        <v>1989</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>30</v>
+        <v>732</v>
       </c>
       <c r="D566" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E566" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F566" t="s">
-        <v>901</v>
+        <v>74</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1964</v>
+        <v>1990</v>
       </c>
       <c r="H566" t="s">
-        <v>1965</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>1966</v>
+        <v>1992</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>34</v>
+        <v>736</v>
       </c>
       <c r="D567" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E567" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F567" t="s">
-        <v>901</v>
+        <v>74</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1967</v>
+        <v>1993</v>
       </c>
       <c r="H567" t="s">
-        <v>1968</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1969</v>
+        <v>1995</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>38</v>
+        <v>740</v>
       </c>
       <c r="D568" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E568" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F568" t="s">
-        <v>901</v>
+        <v>370</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1970</v>
+        <v>1996</v>
       </c>
       <c r="H568" t="s">
-        <v>1971</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>1972</v>
+        <v>1998</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>43</v>
+        <v>744</v>
       </c>
       <c r="D569" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E569" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F569" t="s">
-        <v>901</v>
+        <v>370</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1973</v>
+        <v>1999</v>
       </c>
       <c r="H569" t="s">
-        <v>1974</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>1975</v>
+        <v>2001</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>55</v>
+        <v>748</v>
       </c>
       <c r="D570" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E570" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F570" t="s">
-        <v>901</v>
+        <v>74</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>1976</v>
+        <v>2002</v>
       </c>
       <c r="H570" t="s">
-        <v>1977</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>1978</v>
+        <v>2004</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>60</v>
+        <v>752</v>
       </c>
       <c r="D571" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E571" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F571" t="s">
-        <v>901</v>
+        <v>74</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1979</v>
+        <v>2005</v>
       </c>
       <c r="H571" t="s">
-        <v>1980</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>1981</v>
+        <v>2007</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>68</v>
+        <v>756</v>
       </c>
       <c r="D572" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E572" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F572" t="s">
-        <v>901</v>
+        <v>187</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>1982</v>
+        <v>2008</v>
       </c>
       <c r="H572" t="s">
-        <v>1983</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>1984</v>
+        <v>2010</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>73</v>
+        <v>760</v>
       </c>
       <c r="D573" t="s">
-        <v>1953</v>
+        <v>1469</v>
       </c>
       <c r="E573" t="s">
-        <v>1954</v>
+        <v>1470</v>
       </c>
       <c r="F573" t="s">
-        <v>901</v>
+        <v>13</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1985</v>
+        <v>2011</v>
       </c>
       <c r="H573" t="s">
-        <v>1986</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>1987</v>
+        <v>2013</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
+        <v>764</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E574" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F574" t="s">
+        <v>867</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H574" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>768</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F575" t="s">
+        <v>149</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="H575" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>772</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E576" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F576" t="s">
+        <v>39</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H576" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>777</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E577" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F577" t="s">
+        <v>39</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="H577" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>781</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E578" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F578" t="s">
+        <v>862</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H578" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>2028</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>785</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E579" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F579" t="s">
+        <v>370</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H579" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>789</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E580" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F580" t="s">
+        <v>140</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H580" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>793</v>
+      </c>
+      <c r="D581" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E581" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F581" t="s">
+        <v>140</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H581" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>797</v>
+      </c>
+      <c r="D582" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E582" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F582" t="s">
+        <v>13</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H582" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>801</v>
+      </c>
+      <c r="D583" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E583" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F583" t="s">
+        <v>74</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H583" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>805</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E584" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F584" t="s">
+        <v>74</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H584" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>809</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E585" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F585" t="s">
+        <v>26</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H585" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>813</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E586" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F586" t="s">
+        <v>370</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H586" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>817</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E587" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F587" t="s">
+        <v>370</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H587" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>821</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E588" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F588" t="s">
+        <v>39</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="H588" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>825</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F589" t="s">
+        <v>39</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H589" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>829</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E590" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F590" t="s">
+        <v>13</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H590" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>833</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E591" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F591" t="s">
+        <v>13</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H591" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>837</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E592" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F592" t="s">
+        <v>74</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="H592" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>841</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E593" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F593" t="s">
+        <v>74</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H593" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>845</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E594" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F594" t="s">
+        <v>140</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H594" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>849</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E595" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F595" t="s">
+        <v>149</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H595" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>2079</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>853</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E596" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F596" t="s">
+        <v>149</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H596" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>2082</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>857</v>
+      </c>
+      <c r="D597" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E597" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F597" t="s">
+        <v>2083</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H597" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>861</v>
+      </c>
+      <c r="D598" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E598" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F598" t="s">
+        <v>149</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>2087</v>
+      </c>
+      <c r="H598" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>866</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E599" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F599" t="s">
+        <v>370</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H599" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>871</v>
+      </c>
+      <c r="D600" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E600" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F600" t="s">
+        <v>370</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H600" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>875</v>
+      </c>
+      <c r="D601" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E601" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F601" t="s">
+        <v>74</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="H601" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>879</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E602" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F602" t="s">
+        <v>74</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H602" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>883</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E603" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F603" t="s">
+        <v>13</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>887</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E604" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F604" t="s">
+        <v>13</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H604" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>891</v>
+      </c>
+      <c r="D605" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E605" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F605" t="s">
+        <v>140</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H605" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>895</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E606" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F606" t="s">
+        <v>39</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>899</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E607" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F607" t="s">
+        <v>39</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>903</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E608" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F608" t="s">
+        <v>862</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="H608" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>907</v>
+      </c>
+      <c r="D609" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E609" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F609" t="s">
+        <v>39</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H609" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>911</v>
+      </c>
+      <c r="D610" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E610" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F610" t="s">
+        <v>74</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>2123</v>
+      </c>
+      <c r="H610" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>915</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E611" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F611" t="s">
+        <v>74</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>2126</v>
+      </c>
+      <c r="H611" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>919</v>
+      </c>
+      <c r="D612" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E612" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F612" t="s">
+        <v>13</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H612" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>923</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E613" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F613" t="s">
+        <v>13</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>2132</v>
+      </c>
+      <c r="H613" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>927</v>
+      </c>
+      <c r="D614" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E614" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F614" t="s">
+        <v>149</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="H614" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>931</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E615" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F615" t="s">
+        <v>2138</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>935</v>
+      </c>
+      <c r="D616" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E616" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F616" t="s">
+        <v>370</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>2142</v>
+      </c>
+      <c r="H616" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>2144</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>939</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E617" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F617" t="s">
+        <v>39</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H617" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>944</v>
+      </c>
+      <c r="D618" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E618" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F618" t="s">
+        <v>39</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H618" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>948</v>
+      </c>
+      <c r="D619" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E619" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F619" t="s">
+        <v>74</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="H619" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>952</v>
+      </c>
+      <c r="D620" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E620" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F620" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H620" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>956</v>
+      </c>
+      <c r="D621" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E621" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F621" t="s">
+        <v>370</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="H621" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>960</v>
+      </c>
+      <c r="D622" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E622" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F622" t="s">
+        <v>370</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H622" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>2163</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>964</v>
+      </c>
+      <c r="D623" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E623" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F623" t="s">
+        <v>13</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>2166</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>968</v>
+      </c>
+      <c r="D624" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E624" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F624" t="s">
+        <v>13</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H624" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>972</v>
+      </c>
+      <c r="D625" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E625" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F625" t="s">
+        <v>149</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="H625" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>976</v>
+      </c>
+      <c r="D626" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E626" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F626" t="s">
+        <v>149</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H626" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>980</v>
+      </c>
+      <c r="D627" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E627" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F627" t="s">
+        <v>74</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>2176</v>
+      </c>
+      <c r="H627" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>984</v>
+      </c>
+      <c r="D628" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E628" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F628" t="s">
+        <v>74</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H628" t="s">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>988</v>
+      </c>
+      <c r="D629" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E629" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F629" t="s">
+        <v>13</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>992</v>
+      </c>
+      <c r="D630" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E630" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F630" t="s">
+        <v>13</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="H630" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>996</v>
+      </c>
+      <c r="D631" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E631" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F631" t="s">
+        <v>149</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>2188</v>
+      </c>
+      <c r="H631" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D632" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E632" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F632" t="s">
+        <v>149</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>2191</v>
+      </c>
+      <c r="H632" t="s">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D633" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E633" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F633" t="s">
+        <v>1438</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>2194</v>
+      </c>
+      <c r="H633" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" t="s">
+        <v>2196</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D634" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E634" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F634" t="s">
+        <v>370</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="H634" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D635" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E635" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F635" t="s">
+        <v>370</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H635" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D636" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E636" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F636" t="s">
+        <v>370</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>2206</v>
+      </c>
+      <c r="H636" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" t="s">
+        <v>2208</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D637" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E637" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F637" t="s">
+        <v>370</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H637" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D638" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E638" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F638" t="s">
+        <v>74</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>2214</v>
+      </c>
+      <c r="H638" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D639" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E639" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F639" t="s">
+        <v>74</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>2218</v>
+      </c>
+      <c r="H639" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B640" t="s">
+        <v>9</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D640" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E640" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F640" t="s">
+        <v>13</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H640" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D641" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E641" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F641" t="s">
+        <v>13</v>
+      </c>
+      <c r="G641" s="1" t="s">
+        <v>2226</v>
+      </c>
+      <c r="H641" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B642" t="s">
+        <v>9</v>
+      </c>
+      <c r="C642" t="s">
+        <v>10</v>
+      </c>
+      <c r="D642" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E642" t="s">
+        <v>2230</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>2231</v>
+      </c>
+      <c r="H642" t="s">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B643" t="s">
+        <v>9</v>
+      </c>
+      <c r="C643" t="s">
+        <v>17</v>
+      </c>
+      <c r="D643" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E643" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F643" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="H643" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B644" t="s">
+        <v>9</v>
+      </c>
+      <c r="C644" t="s">
+        <v>21</v>
+      </c>
+      <c r="D644" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E644" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F644" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>2237</v>
+      </c>
+      <c r="H644" t="s">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B645" t="s">
+        <v>9</v>
+      </c>
+      <c r="C645" t="s">
+        <v>25</v>
+      </c>
+      <c r="D645" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E645" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F645" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H645" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B646" t="s">
+        <v>9</v>
+      </c>
+      <c r="C646" t="s">
+        <v>30</v>
+      </c>
+      <c r="D646" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E646" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F646" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="H646" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>34</v>
+      </c>
+      <c r="D647" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E647" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F647" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H647" t="s">
+        <v>2247</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B648" t="s">
+        <v>9</v>
+      </c>
+      <c r="C648" t="s">
+        <v>38</v>
+      </c>
+      <c r="D648" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E648" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F648" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>2249</v>
+      </c>
+      <c r="H648" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>43</v>
+      </c>
+      <c r="D649" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E649" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F649" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="H649" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>47</v>
+      </c>
+      <c r="D650" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E650" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F650" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>2255</v>
+      </c>
+      <c r="H650" t="s">
+        <v>2256</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>51</v>
+      </c>
+      <c r="D651" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E651" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F651" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>2258</v>
+      </c>
+      <c r="H651" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="652" spans="1:8">
+      <c r="A652" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>55</v>
+      </c>
+      <c r="D652" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E652" t="s">
+        <v>2230</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="H652" t="s">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="653" spans="1:8">
+      <c r="A653" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>10</v>
+      </c>
+      <c r="D653" t="s">
+        <v>2264</v>
+      </c>
+      <c r="E653" t="s">
+        <v>2265</v>
+      </c>
+      <c r="F653" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="H653" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B654" t="s">
+        <v>9</v>
+      </c>
+      <c r="C654" t="s">
+        <v>17</v>
+      </c>
+      <c r="D654" t="s">
+        <v>2264</v>
+      </c>
+      <c r="E654" t="s">
+        <v>2265</v>
+      </c>
+      <c r="F654" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="H654" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="655" spans="1:8">
+      <c r="A655" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B655" t="s">
+        <v>9</v>
+      </c>
+      <c r="C655" t="s">
+        <v>21</v>
+      </c>
+      <c r="D655" t="s">
+        <v>2264</v>
+      </c>
+      <c r="E655" t="s">
+        <v>2265</v>
+      </c>
+      <c r="F655" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H655" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="656" spans="1:8">
+      <c r="A656" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B656" t="s">
+        <v>9</v>
+      </c>
+      <c r="C656" t="s">
+        <v>17</v>
+      </c>
+      <c r="D656" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E656" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F656" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>2277</v>
+      </c>
+      <c r="H656" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="657" spans="1:8">
+      <c r="A657" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B657" t="s">
+        <v>9</v>
+      </c>
+      <c r="C657" t="s">
+        <v>21</v>
+      </c>
+      <c r="D657" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E657" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F657" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H657" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="658" spans="1:8">
+      <c r="A658" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B658" t="s">
+        <v>9</v>
+      </c>
+      <c r="C658" t="s">
+        <v>25</v>
+      </c>
+      <c r="D658" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E658" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F658" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H658" t="s">
+        <v>2284</v>
+      </c>
+    </row>
+    <row r="659" spans="1:8">
+      <c r="A659" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B659" t="s">
+        <v>9</v>
+      </c>
+      <c r="C659" t="s">
+        <v>30</v>
+      </c>
+      <c r="D659" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E659" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F659" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="H659" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="660" spans="1:8">
+      <c r="A660" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>34</v>
+      </c>
+      <c r="D660" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E660" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F660" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H660" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="661" spans="1:8">
+      <c r="A661" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>38</v>
+      </c>
+      <c r="D661" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E661" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F661" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H661" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="662" spans="1:8">
+      <c r="A662" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B662" t="s">
+        <v>9</v>
+      </c>
+      <c r="C662" t="s">
+        <v>43</v>
+      </c>
+      <c r="D662" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E662" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F662" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="H662" t="s">
+        <v>2296</v>
+      </c>
+    </row>
+    <row r="663" spans="1:8">
+      <c r="A663" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B663" t="s">
+        <v>9</v>
+      </c>
+      <c r="C663" t="s">
+        <v>55</v>
+      </c>
+      <c r="D663" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E663" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F663" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="H663" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="664" spans="1:8">
+      <c r="A664" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>60</v>
+      </c>
+      <c r="D664" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E664" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F664" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>2301</v>
+      </c>
+      <c r="H664" t="s">
+        <v>2302</v>
+      </c>
+    </row>
+    <row r="665" spans="1:8">
+      <c r="A665" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
+        <v>68</v>
+      </c>
+      <c r="D665" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E665" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F665" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="H665" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="666" spans="1:8">
+      <c r="A666" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B666" t="s">
+        <v>9</v>
+      </c>
+      <c r="C666" t="s">
+        <v>73</v>
+      </c>
+      <c r="D666" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E666" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F666" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H666" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="667" spans="1:8">
+      <c r="A667" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B667" t="s">
+        <v>9</v>
+      </c>
+      <c r="C667" t="s">
         <v>78</v>
       </c>
-      <c r="D574" t="s">
-[...9 lines deleted...]
-        <v>1989</v>
+      <c r="D667" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E667" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>2310</v>
+      </c>
+      <c r="H667" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="668" spans="1:8">
+      <c r="A668" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B668" t="s">
+        <v>9</v>
+      </c>
+      <c r="C668" t="s">
+        <v>83</v>
+      </c>
+      <c r="D668" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E668" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F668" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>2313</v>
+      </c>
+      <c r="H668" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="669" spans="1:8">
+      <c r="A669" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B669" t="s">
+        <v>9</v>
+      </c>
+      <c r="C669" t="s">
+        <v>87</v>
+      </c>
+      <c r="D669" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E669" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F669" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>2316</v>
+      </c>
+      <c r="H669" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="670" spans="1:8">
+      <c r="A670" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="C670" t="s">
+        <v>91</v>
+      </c>
+      <c r="D670" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E670" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F670" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="H670" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="671" spans="1:8">
+      <c r="A671" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>95</v>
+      </c>
+      <c r="D671" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E671" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F671" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H671" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="672" spans="1:8">
+      <c r="A672" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B672" t="s">
+        <v>9</v>
+      </c>
+      <c r="C672" t="s">
+        <v>99</v>
+      </c>
+      <c r="D672" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E672" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F672" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G672" s="1" t="s">
+        <v>2325</v>
+      </c>
+      <c r="H672" t="s">
+        <v>2326</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -21990,50 +25615,148 @@
     <hyperlink ref="G550" r:id="rId549"/>
     <hyperlink ref="G551" r:id="rId550"/>
     <hyperlink ref="G552" r:id="rId551"/>
     <hyperlink ref="G553" r:id="rId552"/>
     <hyperlink ref="G554" r:id="rId553"/>
     <hyperlink ref="G555" r:id="rId554"/>
     <hyperlink ref="G556" r:id="rId555"/>
     <hyperlink ref="G557" r:id="rId556"/>
     <hyperlink ref="G558" r:id="rId557"/>
     <hyperlink ref="G559" r:id="rId558"/>
     <hyperlink ref="G560" r:id="rId559"/>
     <hyperlink ref="G561" r:id="rId560"/>
     <hyperlink ref="G562" r:id="rId561"/>
     <hyperlink ref="G563" r:id="rId562"/>
     <hyperlink ref="G564" r:id="rId563"/>
     <hyperlink ref="G565" r:id="rId564"/>
     <hyperlink ref="G566" r:id="rId565"/>
     <hyperlink ref="G567" r:id="rId566"/>
     <hyperlink ref="G568" r:id="rId567"/>
     <hyperlink ref="G569" r:id="rId568"/>
     <hyperlink ref="G570" r:id="rId569"/>
     <hyperlink ref="G571" r:id="rId570"/>
     <hyperlink ref="G572" r:id="rId571"/>
     <hyperlink ref="G573" r:id="rId572"/>
     <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
+    <hyperlink ref="G632" r:id="rId631"/>
+    <hyperlink ref="G633" r:id="rId632"/>
+    <hyperlink ref="G634" r:id="rId633"/>
+    <hyperlink ref="G635" r:id="rId634"/>
+    <hyperlink ref="G636" r:id="rId635"/>
+    <hyperlink ref="G637" r:id="rId636"/>
+    <hyperlink ref="G638" r:id="rId637"/>
+    <hyperlink ref="G639" r:id="rId638"/>
+    <hyperlink ref="G640" r:id="rId639"/>
+    <hyperlink ref="G641" r:id="rId640"/>
+    <hyperlink ref="G642" r:id="rId641"/>
+    <hyperlink ref="G643" r:id="rId642"/>
+    <hyperlink ref="G644" r:id="rId643"/>
+    <hyperlink ref="G645" r:id="rId644"/>
+    <hyperlink ref="G646" r:id="rId645"/>
+    <hyperlink ref="G647" r:id="rId646"/>
+    <hyperlink ref="G648" r:id="rId647"/>
+    <hyperlink ref="G649" r:id="rId648"/>
+    <hyperlink ref="G650" r:id="rId649"/>
+    <hyperlink ref="G651" r:id="rId650"/>
+    <hyperlink ref="G652" r:id="rId651"/>
+    <hyperlink ref="G653" r:id="rId652"/>
+    <hyperlink ref="G654" r:id="rId653"/>
+    <hyperlink ref="G655" r:id="rId654"/>
+    <hyperlink ref="G656" r:id="rId655"/>
+    <hyperlink ref="G657" r:id="rId656"/>
+    <hyperlink ref="G658" r:id="rId657"/>
+    <hyperlink ref="G659" r:id="rId658"/>
+    <hyperlink ref="G660" r:id="rId659"/>
+    <hyperlink ref="G661" r:id="rId660"/>
+    <hyperlink ref="G662" r:id="rId661"/>
+    <hyperlink ref="G663" r:id="rId662"/>
+    <hyperlink ref="G664" r:id="rId663"/>
+    <hyperlink ref="G665" r:id="rId664"/>
+    <hyperlink ref="G666" r:id="rId665"/>
+    <hyperlink ref="G667" r:id="rId666"/>
+    <hyperlink ref="G668" r:id="rId667"/>
+    <hyperlink ref="G669" r:id="rId668"/>
+    <hyperlink ref="G670" r:id="rId669"/>
+    <hyperlink ref="G671" r:id="rId670"/>
+    <hyperlink ref="G672" r:id="rId671"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>